--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -12,95 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>Relação de CCs e FGs 2025</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Fevereiro</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Janeiro</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Março</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Abril</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Maio</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Junho</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Julho</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Agosto</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Setembro</t>
   </si>
   <si>
     <t>Relação de CCs e FGs - Outubro</t>
+  </si>
+  <si>
+    <t>Relação de CCs e FGs - Novembro</t>
+  </si>
+  <si>
+    <t>Relação de CCs e FGs - Dezembro</t>
   </si>
   <si>
     <t>Relação de CCs e FGs 2024</t>
   </si>
   <si>
     <t>26/01/2024</t>
   </si>
   <si>
     <t>CCs e FGs - Janeiro</t>
   </si>
   <si>
     <t>CCs e FGs - Fevereiro</t>
   </si>
   <si>
     <t>CCs e FGs - Março</t>
   </si>
   <si>
     <t>CCs e FGs - Abril</t>
   </si>
   <si>
     <t>CCs e FGs - Maio</t>
   </si>
   <si>
     <t>CCs e FGs - Junho</t>
   </si>
@@ -454,62 +460,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669508/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669507/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669509/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669510/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669511/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669512/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669513/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669514/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669515/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/677966/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/398265/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/404249/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460788/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460791/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460792/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460793/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/482964/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/482965/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/488756/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/498605/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/504558/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304017/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304018/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304019/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304020/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304015/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304016/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/310965/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/319411/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/341234/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/362775/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/381084/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/388559/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Dezembro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669508/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669507/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669509/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669510/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669511/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669512/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669513/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669514/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/669515/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/677966/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/708306/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/708307/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/398265/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/404249/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460788/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460791/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460792/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460793/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/482964/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/482965/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/488756/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/498605/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/504558/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304017/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304018/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304019/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304020/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304015/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/304016/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/310965/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/319411/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/341234/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/362775/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/381084/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/388559/images/original/Rela&#231;&#227;o de Servidores CCs e FGs - Dezembro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C34" sqref="C34"/>
+      <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -593,336 +599,360 @@
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="B13" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B14" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B15" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B16" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B20" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B21" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B22" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="B24" t="s">
+        <v>18</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B27" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B28" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B30" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B33" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>30</v>
+      </c>
+      <c r="B34" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B34" t="s">
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B35" t="s">
+        <v>31</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C34" s="1" t="s">
-        <v>30</v>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" t="s">
+        <v>30</v>
+      </c>
+      <c r="B36" t="s">
+        <v>31</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="C23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="C24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="C25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="C26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="C27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="C28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="C29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="C30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="C31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="C32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="C33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="C34" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="C35" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="C36" r:id="rId_hyperlink_35"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>