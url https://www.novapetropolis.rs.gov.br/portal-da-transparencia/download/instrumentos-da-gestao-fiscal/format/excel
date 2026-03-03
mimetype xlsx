--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -12,86 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>RELATÓRIO DE GESTÃO FISCAL SIMPLIFICADO - PODER EXECUTIVO</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>RGF 2025/1 Semestre</t>
   </si>
   <si>
+    <t>RGF 2025/2 Semestre</t>
+  </si>
+  <si>
     <t>RELATÓRIO RESUMIDO DE EXECUÇÃO ORÇAMENTÁRIA – BIMESTRAL</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RREO 2025/1º Bimestre</t>
   </si>
   <si>
     <t>RREO 2025/2º Bimestre</t>
   </si>
   <si>
     <t>RREO 2025/3º Bimestre</t>
   </si>
   <si>
     <t>RREO 2025/4º Bimestre</t>
+  </si>
+  <si>
+    <t>RREO 2025/5º Bimestre</t>
+  </si>
+  <si>
+    <t>RREO 2025/6º Bimestre</t>
   </si>
   <si>
     <t>RELATÓRIO DE GESTÃO FISCAL SIMPLIFICADO - PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>29/07/2024</t>
   </si>
   <si>
     <t>RGF 2024.1º Semestre - Poder Legislativo</t>
   </si>
   <si>
     <t>RGF 2024.2º Semestre - Poder Legislativo</t>
   </si>
   <si>
     <t>RGF 2024.1º Semestre - Poder Executivo</t>
   </si>
   <si>
     <t>RGF 2024.2º Semestre - Poder Executivo</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
     <t>RREO 2024/1º Bimestre</t>
   </si>
@@ -940,1670 +949,1703 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/616268/images/original/ANEXO 01_02_03_04_06_1&#186; SEM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/546736/images/original/ANEXO 1_2_8_12_2025 1&#186; BIM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/586929/images/original/ANEXO1_2_8_12_2025 2&#186; BIM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/616278/images/original/Anexo 01_02_03_04_06_07_08_12_13_14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/658048/images/original/Anexo 01_ 02_ 08 e 12_ 2025__4&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/471555/images/original/RGF 2024.1&#186; Sem. - UG 0001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549275/images/original/RGF 2024_2&#186; SEM_UG 0001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/471553/images/original/RGF 2024.1&#186; Sem. - UG 0000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549273/images/original/RGF 2&#186; SEMESTRE DE 2024_UG 0000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/418874/images/original/RREO - 2024.1&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/454092/images/original/RREO 2024.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/471556/images/original/RREO 2024.3&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/487544/images/original/RREO 2024.4&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/502649/images/original/RREO 5&#186; Bi - Anexos I, II, 8 e 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549272/images/original/RREO 2024.06 BIM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/289694/images/original/RREO - 2023.1&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313855/images/original/RREO - 2023.03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/298079/images/original/Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344602/images/original/RREO - 2023.08 - Anexo I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/376454/images/original/2023.5&#186; Bi - Anexo 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/397157/images/original/RREO 2023.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312845/images/original/RGF - Legislativo - 2023.1&#186; Semestre - Anexos I e VI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/397158/images/original/RGF 2023.02 - Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312952/images/original/RGF Executivo - 2023.1&#186; Semestre - Anexos I, II, III, IV e VI..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/397159/images/original/RGF 2023.02 - Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344601/images/original/2_rdaq_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416291/images/original/Relat&#243;rio do 3 quadrimestre de 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308681/images/original/Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - Relat&#243;rio do Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416290/images/original/Relat&#243;rio de Gest&#227;o Municipal da Sa&#250;de - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308926/images/original/PPA Quadri&#234;nio 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308927/images/original/Anexos PPA Quadri&#234;nio 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308882/images/original/Relat&#243;rio presidente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308881/images/original/Relat&#243;rio prefeito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216965/images/original/1&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216966/images/original/1&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214709/images/original/Anexo I - 2022.01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/268418/images/original/RGF - UG 00 - Anexo I - 2022.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/268419/images/original/RGF - UG 00 - 2022.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214706/images/original/RGF Executivo - 2022.01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/197729/images/original/RREO - 2022.1&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214703/images/original/RREO 2022.2&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214704/images/original/RREO 2022.03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251958/images/original/RREO 2022.04 Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251959/images/original/RREO 2022.5&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/268420/images/original/RREO - 2022.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/134917/images/original/Anexo I - 2021.1&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140725/images/original/Anexo I - 2020.2&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156821/images/original/Anexo I - 4&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148654/images/original/RREO para Publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/167695/images/original/Anexo I - 2021.5&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176333/images/original/RREO 2021.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/262428/images/original/Ata de posse_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216957/images/original/3&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216961/images/original/1&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216960/images/original/2&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216958/images/original/Relat&#243;rio Anual de Gest&#227;o - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216964/images/original/3&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216963/images/original/1&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216962/images/original/2&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216836/images/original/Relat&#243;rio Presidente da C&#226;mara.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216835/images/original/Relat&#243;rio prefeito-1-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148655/images/original/Anexo I - 2021.1&#186; Sem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176335/images/original/RGF Legislativo 2021.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148656/images/original/RGF para publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176334/images/original/RGF Executivo - 2021.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/114306/images/original/RGF Leg. Anexo I - 2020.1&#186; Sem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129685/images/original/RGF Legislativo - 2020.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/114305/images/original/RGF 2020.1&#186; Sem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129686/images/original/RGF Executivo - 2020.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75007/images/original/LDO 2020 - Lei Municipal n&#186; 4.839-2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75008/images/original/2020 - LOA - Com publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75005/images/original/PPA 2018-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75004/images/original/RREO 1&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/91743/images/original/RREO 2020.2&#186; Bim..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/114304/images/original/Anexo I - 2020.3&#186;Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/121847/images/original/Anexo I - 2020.3&#186;Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126297/images/original/Anexo 1 - 2020.5&#186; Bim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129687/images/original/RREO - 2020.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56522/images/original/PPA 2018-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56523/images/original/Lei 4789 2018 - LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56524/images/original/PDF-4777.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56525/images/original/Anexo 1 - Legislativo - 1&#186; Sem..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/69674/images/original/RGF Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56526/images/original/RGF - Completo - 1&#186; Semestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/69675/images/original/RGF Executivo - 2&#186; Sem.2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56527/images/original/RREO - 1&#186; Bimestre.2019 - Anexos I, II, VIII e 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56528/images/original/RREO - 2&#186; Bimestre.2019 - Anexos I, II, VIII e 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56529/images/original/RREO - 3&#186; Bimestre.2019 - Anexos I, II, III, VI, VII, VIII, 12, 13 e 14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56692/images/original/RREO Completo 4&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/61651/images/original/Anexo I - 5&#186; Bim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/69676/images/original/RREO 6&#186; Bim.2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16459/images/original/RREO Completo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16460/images/original/RREO 5&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3316/images/original/20_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3315/images/original/20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3314/images/original/20_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3313/images/original/20_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3322/images/original/26.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3321/images/original/25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3320/images/original/24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3319/images/original/23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3318/images/original/22.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16462/images/original/RGF - C&#226;mara - Site.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3317/images/original/21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16461/images/original/RGF - Public&#225;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3213/images/original/19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3212/images/original/18.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3211/images/original/17.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3210/images/original/16.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3209/images/original/15.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3208/images/original/14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3309/images/original/13_f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3308/images/original/13_e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3306/images/original/13_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3305/images/original/13_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3304/images/original/13_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3312/images/original/13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3199/images/original/12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3200/images/original/12_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3197/images/original/11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3198/images/original/11_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3187/images/original/07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3188/images/original/07_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3196/images/original/10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3195/images/original/09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3194/images/original/08_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3192/images/original/08_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3191/images/original/08_d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3193/images/original/08_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3189/images/original/08_e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3190/images/original/08_f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3186/images/original/06_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3185/images/original/06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3072/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3184/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3262/images/original/04_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3264/images/original/04_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3265/images/original/04_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3266/images/original/04_d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3268/images/original/04_e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3269/images/original/04_f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3082/images/original/02_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3248/images/original/02_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3070/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3079/images/original/01_a.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/616268/images/original/ANEXO 01_02_03_04_06_1&#186; SEM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/726707/images/original/RGF_ANEXO 01_02_03_04_05_06_2&#186; SEM 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/546736/images/original/ANEXO 1_2_8_12_2025 1&#186; BIM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/586929/images/original/ANEXO1_2_8_12_2025 2&#186; BIM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/616278/images/original/Anexo 01_02_03_04_06_07_08_12_13_14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/658048/images/original/Anexo 01_ 02_ 08 e 12_ 2025__4&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/693067/images/original/ANEXO 1_2_8_12_2025 5&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/726773/images/original/ANEXO 01_02_03_04_06_07_08_09_10_11_12_13_14_ 6&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/471555/images/original/RGF 2024.1&#186; Sem. - UG 0001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549275/images/original/RGF 2024_2&#186; SEM_UG 0001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/471553/images/original/RGF 2024.1&#186; Sem. - UG 0000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549273/images/original/RGF 2&#186; SEMESTRE DE 2024_UG 0000.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/418874/images/original/RREO - 2024.1&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/454092/images/original/RREO 2024.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/471556/images/original/RREO 2024.3&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/487544/images/original/RREO 2024.4&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/502649/images/original/RREO 5&#186; Bi - Anexos I, II, 8 e 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549272/images/original/RREO 2024.06 BIM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/289694/images/original/RREO - 2023.1&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313855/images/original/RREO - 2023.03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/298079/images/original/Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344602/images/original/RREO - 2023.08 - Anexo I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/376454/images/original/2023.5&#186; Bi - Anexo 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/397157/images/original/RREO 2023.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312845/images/original/RGF - Legislativo - 2023.1&#186; Semestre - Anexos I e VI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/397158/images/original/RGF 2023.02 - Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312952/images/original/RGF Executivo - 2023.1&#186; Semestre - Anexos I, II, III, IV e VI..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/397159/images/original/RGF 2023.02 - Executivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344601/images/original/2_rdaq_.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416291/images/original/Relat&#243;rio do 3 quadrimestre de 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308681/images/original/Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - Relat&#243;rio do Quadrimestre 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416290/images/original/Relat&#243;rio de Gest&#227;o Municipal da Sa&#250;de - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308926/images/original/PPA Quadri&#234;nio 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308927/images/original/Anexos PPA Quadri&#234;nio 2022-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308882/images/original/Relat&#243;rio presidente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308881/images/original/Relat&#243;rio prefeito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216965/images/original/1&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216966/images/original/1&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214709/images/original/Anexo I - 2022.01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/268418/images/original/RGF - UG 00 - Anexo I - 2022.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/268419/images/original/RGF - UG 00 - 2022.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214706/images/original/RGF Executivo - 2022.01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/197729/images/original/RREO - 2022.1&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214703/images/original/RREO 2022.2&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214704/images/original/RREO 2022.03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251958/images/original/RREO 2022.04 Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251959/images/original/RREO 2022.5&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/268420/images/original/RREO - 2022.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/134917/images/original/Anexo I - 2021.1&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140725/images/original/Anexo I - 2020.2&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156821/images/original/Anexo I - 4&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148654/images/original/RREO para Publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/167695/images/original/Anexo I - 2021.5&#186; Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176333/images/original/RREO 2021.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/262428/images/original/Ata de posse_rotated.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216957/images/original/3&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216961/images/original/1&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216960/images/original/2&#186; Relat&#243;rio Detalhado do Quadrimestre Anterior - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216958/images/original/Relat&#243;rio Anual de Gest&#227;o - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216964/images/original/3&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216963/images/original/1&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216962/images/original/2&#186; Relat&#243;rio de Gest&#227;o Municipal de Sa&#250;de - 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216836/images/original/Relat&#243;rio Presidente da C&#226;mara.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/216835/images/original/Relat&#243;rio prefeito-1-3.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148655/images/original/Anexo I - 2021.1&#186; Sem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176335/images/original/RGF Legislativo 2021.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148656/images/original/RGF para publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176334/images/original/RGF Executivo - 2021.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/114306/images/original/RGF Leg. Anexo I - 2020.1&#186; Sem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129685/images/original/RGF Legislativo - 2020.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/114305/images/original/RGF 2020.1&#186; Sem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129686/images/original/RGF Executivo - 2020.02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75007/images/original/LDO 2020 - Lei Municipal n&#186; 4.839-2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75008/images/original/2020 - LOA - Com publica&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75005/images/original/PPA 2018-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/75004/images/original/RREO 1&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/91743/images/original/RREO 2020.2&#186; Bim..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/114304/images/original/Anexo I - 2020.3&#186;Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/121847/images/original/Anexo I - 2020.3&#186;Bi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126297/images/original/Anexo 1 - 2020.5&#186; Bim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129687/images/original/RREO - 2020.06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56522/images/original/PPA 2018-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56523/images/original/Lei 4789 2018 - LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56524/images/original/PDF-4777.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56525/images/original/Anexo 1 - Legislativo - 1&#186; Sem..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/69674/images/original/RGF Legislativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56526/images/original/RGF - Completo - 1&#186; Semestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/69675/images/original/RGF Executivo - 2&#186; Sem.2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56527/images/original/RREO - 1&#186; Bimestre.2019 - Anexos I, II, VIII e 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56528/images/original/RREO - 2&#186; Bimestre.2019 - Anexos I, II, VIII e 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56529/images/original/RREO - 3&#186; Bimestre.2019 - Anexos I, II, III, VI, VII, VIII, 12, 13 e 14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56692/images/original/RREO Completo 4&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/61651/images/original/Anexo I - 5&#186; Bim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/69676/images/original/RREO 6&#186; Bim.2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16459/images/original/RREO Completo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16460/images/original/RREO 5&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3316/images/original/20_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3315/images/original/20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3314/images/original/20_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3313/images/original/20_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3322/images/original/26.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3321/images/original/25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3320/images/original/24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3319/images/original/23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3318/images/original/22.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16462/images/original/RGF - C&#226;mara - Site.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3317/images/original/21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16461/images/original/RGF - Public&#225;vel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3213/images/original/19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3212/images/original/18.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3211/images/original/17.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3210/images/original/16.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3209/images/original/15.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3208/images/original/14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3309/images/original/13_f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3308/images/original/13_e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3306/images/original/13_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3305/images/original/13_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3304/images/original/13_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3312/images/original/13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3199/images/original/12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3200/images/original/12_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3197/images/original/11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3198/images/original/11_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3187/images/original/07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3188/images/original/07_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3196/images/original/10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3195/images/original/09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3194/images/original/08_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3192/images/original/08_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3191/images/original/08_d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3193/images/original/08_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3189/images/original/08_e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3190/images/original/08_f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3186/images/original/06_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3185/images/original/06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3072/images/original/03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3184/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3262/images/original/04_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3264/images/original/04_b.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3265/images/original/04_c.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3266/images/original/04_d.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3268/images/original/04_e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3269/images/original/04_f.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3082/images/original/02_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3248/images/original/02_a.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3070/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/3079/images/original/01_a.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C146"/>
+  <dimension ref="A1:C149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C146" sqref="C146"/>
+      <selection activeCell="C149" sqref="C149"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B13" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B15" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B16" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B17" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B18" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B22" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="B24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B25" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="B26" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" t="s">
+        <v>36</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="B28" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="B29" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B30" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B33" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B34" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B35" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="B36" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>52</v>
+      </c>
+      <c r="B37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="B38" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="B39" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>56</v>
       </c>
       <c r="B40" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="B41" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="B42" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="B43" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B44" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B45" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B46" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B47" t="s">
+        <v>47</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B48" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B49" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B50" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B51" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B52" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>7</v>
+      </c>
+      <c r="B53" t="s">
+        <v>68</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="B54" t="s">
+        <v>68</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="B55" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="B56" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B57" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B58" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B59" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B60" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B61" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B62" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="B63" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B64" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B65" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>56</v>
       </c>
       <c r="B66" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B67" t="s">
+        <v>76</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B68" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B69" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>56</v>
       </c>
       <c r="B70" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
+        <v>56</v>
+      </c>
+      <c r="B71" t="s">
+        <v>91</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>95</v>
+        <v>59</v>
       </c>
       <c r="B72" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>97</v>
+        <v>59</v>
       </c>
       <c r="B73" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
       <c r="B74" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>6</v>
+        <v>98</v>
       </c>
       <c r="B75" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="B76" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B77" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B78" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B79" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>97</v>
+        <v>7</v>
       </c>
       <c r="B80" t="s">
+        <v>91</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>107</v>
+        <v>7</v>
       </c>
       <c r="B81" t="s">
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>110</v>
+        <v>7</v>
       </c>
       <c r="B82" t="s">
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="B83" t="s">
         <v>108</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>53</v>
+        <v>110</v>
       </c>
       <c r="B84" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>56</v>
+        <v>113</v>
       </c>
       <c r="B85" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>56</v>
       </c>
       <c r="B86" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="B87" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="B88" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="B89" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B90" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B91" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B92" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B93" t="s">
+        <v>111</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B94" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B95" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B96" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B97" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B98" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
+        <v>7</v>
+      </c>
+      <c r="B99" t="s">
+        <v>125</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>97</v>
+        <v>7</v>
       </c>
       <c r="B100" t="s">
+        <v>125</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>132</v>
+        <v>7</v>
       </c>
       <c r="B101" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
+        <v>132</v>
+      </c>
+      <c r="B102" t="s">
+        <v>133</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="B103" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>53</v>
+        <v>135</v>
       </c>
       <c r="B104" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="B105" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>56</v>
       </c>
       <c r="B106" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>129</v>
+        <v>56</v>
       </c>
       <c r="B107" t="s">
+        <v>133</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="B108" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>144</v>
+        <v>59</v>
       </c>
       <c r="B109" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="B110" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B111" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B112" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B113" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>151</v>
       </c>
       <c r="B114" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B115" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B116" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B117" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B118" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
+        <v>154</v>
+      </c>
+      <c r="B119" t="s">
+        <v>143</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B120" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B121" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>161</v>
       </c>
       <c r="B122" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B123" t="s">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B124" t="s">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="B125" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="B126" t="s">
         <v>167</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="B127" t="s">
         <v>167</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B128" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B129" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B130" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B131" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B132" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B133" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B134" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
+        <v>154</v>
+      </c>
+      <c r="B135" t="s">
+        <v>170</v>
+      </c>
+      <c r="C135" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>129</v>
+        <v>164</v>
       </c>
       <c r="B136" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="B137" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="B138" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="B139" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B140" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B141" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B142" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B143" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B144" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B145" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>161</v>
       </c>
       <c r="B146" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>192</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" t="s">
+        <v>161</v>
+      </c>
+      <c r="B147" t="s">
+        <v>184</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" t="s">
+        <v>164</v>
+      </c>
+      <c r="B148" t="s">
+        <v>184</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" t="s">
+        <v>164</v>
+      </c>
+      <c r="B149" t="s">
+        <v>184</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2709,50 +2751,53 @@
     <hyperlink ref="C122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="C123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="C124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="C125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="C126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="C127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="C128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="C129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="C130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="C131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="C132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="C133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="C134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="C135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="C136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="C137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="C138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="C139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="C140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="C141" r:id="rId_hyperlink_140"/>
     <hyperlink ref="C142" r:id="rId_hyperlink_141"/>
     <hyperlink ref="C143" r:id="rId_hyperlink_142"/>
     <hyperlink ref="C144" r:id="rId_hyperlink_143"/>
     <hyperlink ref="C145" r:id="rId_hyperlink_144"/>
     <hyperlink ref="C146" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="C147" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="C148" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="C149" r:id="rId_hyperlink_148"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>