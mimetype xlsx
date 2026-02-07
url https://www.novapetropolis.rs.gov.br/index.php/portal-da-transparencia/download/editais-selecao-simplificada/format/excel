--- v0 (2025-11-04)
+++ v1 (2026-02-07)
@@ -12,61 +12,88 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Edital nº 029/2026 - Seleção Simplificada para Contratação de Pessoal - Secretaria de Educação e Desporto e Secretaria de Saúde e Assistência Social</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>Seleção para Contratação Emergencial - Aux. Saúde Bucal; Aux. Serviços Gerais; Médico Clínico Geral e Psiquiatra; Monitor Educacional; Professor de Informática e Supervisor Escolar</t>
+  </si>
+  <si>
+    <t>Edital nº 002/2026 - Seleção Simplificada de Pessoal em Caráter Emergencial e por Tempo Determinado - Secretaria de Educação e Secretaria de Obras e Serviços Públicos</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>Seleção Simplificada para Contratação de Pessoal - Auxiliar de Desenvolvimento Infantil; Operário; Professor de AEE e Supervisor Escolar</t>
+  </si>
+  <si>
+    <t>Homologa Inscrições do Edital nº 002/2026 da Seleção Simplificada para Contratação de Pessoal - Auxiliar de Desenvolvimento Infantil; Operário; Professor de AEE e Supervisor Escolar</t>
+  </si>
+  <si>
+    <t>Divulga Classificados do Edital nº 002/2026 da Seleção Simplificada para Contratação - Aux. Desenvolvimento Infantil; Operário; Professor de AEE e Supervisor Escolar</t>
+  </si>
+  <si>
+    <t>Divulga Resultado Final do Edital nº 002/2026 da Seleção Simplificada para Contratação - Aux. Desenv. Infantil; Operário; Professor de AEE e Supervisor Escolar</t>
+  </si>
+  <si>
     <t>Editais Seleção Simplificada para Contratação Emergencial 2025</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>
   <si>
     <t>Contratação de Pessoal em Caráter Emergencial - Secretaria de Educação - Professor de Informática</t>
   </si>
   <si>
     <t>Homologação Inscrições para Contratação de Pessoal em Caráter Emergencial - Professor de Informática</t>
   </si>
   <si>
     <t>Divulga Classificados para Contratação de Pessoal em Caráter Emergencial - Professor de Informática</t>
   </si>
   <si>
     <t>Seleção Simplificada Contrato Emergencial - Secretaria Municipal de Educação e Secretaria Municipal de Saúde</t>
   </si>
   <si>
     <t>Homologa Inscrições do Edital nº 014/2025 da Seleção Simplificada - Secretaria de Educação e Secretaria de Saúde</t>
   </si>
   <si>
     <t>Divulga Classificados do Edital nº 014/2025 Seleção Simplificada - Secretaria de Educação e Secretaria de Saúde</t>
   </si>
   <si>
     <t>Seleção Simplificada Contrato Emergencial - Secretaria de Educação - Professor de Matemática</t>
@@ -117,50 +144,71 @@
     <t>Edital nº 089/2025 - Divulga Classificados Edital nº 079/2025 da Seleção Simplificada para Contratação Emergencial - Motorista e Operário</t>
   </si>
   <si>
     <t>Edital nº 087/2025 - Divulga Resultado Final do Edital nº 079/2025 da Seleção Simplificada para Contratação de Pessoal em Caráter Emergencial - Motorista e Operário</t>
   </si>
   <si>
     <t>Edital nº 088/2025 - Retifica Edital que Divulga Classificados do Edital nº 079/2025 da Seleção Simplificada para Contratação de Pessoal em Caráter Emergencial - Motorista e Operário</t>
   </si>
   <si>
     <t>Seleção Simplificada para Contratação de Pessoal em Caráter Emergencial e por Tempo Determinado - Secretaria de Educação - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar</t>
   </si>
   <si>
     <t>Homologação Inscrições do Edital nº 106/2025 da Seleção Simplificada - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar</t>
   </si>
   <si>
     <t>Divulga Classificados Seleção Simplificada para Auxiliar de Desenvolvimento Infantil e Supervisor Escolar</t>
   </si>
   <si>
     <t>Divulga Resultado Final Seleção Simplificada - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar</t>
   </si>
   <si>
     <t>Seleção Simplificada para Contratação de Pessoal em Caráter Emergencial - Assessor de Arquitetura; Diretor de Departamento de Tesouraria; Monitor Educacional - atendimento às crianças; Monitor Educacional - Oficina de Futsal e Vôlei; Operador de Máquinas e Operário</t>
   </si>
   <si>
     <t>Retifica Edital nº 120/2025 - Seleção Simplificada - Secretaria de educação; Fazenda; Obras e Planejamento</t>
+  </si>
+  <si>
+    <t>Homologa Inscrições da Seleção Simplificada - Secretaria de Educação; Fazenda; Obras e Planejamento</t>
+  </si>
+  <si>
+    <t>Divulga Classificados da Seleção Simplificada - Secretaria de Educação; Fazenda; Obras e Planejamento</t>
+  </si>
+  <si>
+    <t>Divulga Resultado Final da Seleção Simplificada - Secretaria de Educação; Fazenda; Obras e Planejamento</t>
+  </si>
+  <si>
+    <t>Edital nº 140/2025 - Seleção Simplificada contratação Emergencial - Operador de Máquinas</t>
+  </si>
+  <si>
+    <t>Homologa Inscrições do Edital nº 140/2025 Contratação Emergencial - Operador de Máquinas</t>
+  </si>
+  <si>
+    <t>Divulga Classificados do Edital nº 140/2025 da Contratação Emergencial - Operador de Máquinas</t>
+  </si>
+  <si>
+    <t>Divulga Resultado Final do Edital nº 140/2025 da Seleção Simplificada - Operador de Máquinas</t>
   </si>
   <si>
     <t>Edital Seleção Simplificada em Caráter Emergencial e por Tempo Determinado - Assistente Social</t>
   </si>
   <si>
     <t>02/09/2024</t>
   </si>
   <si>
     <t>Edital 132/2024 - Seleção Simplificada para Contratação de Pessoal em Caráter emergencial e por Tempo Determinado - assistente Social</t>
   </si>
   <si>
     <t>135.2024 - Homologa Inscrições do Edital nº 132.2024 da Seleção Simplificada para Contratação em Caráter Emergencial e por Tempo Determinado - Assistente Social.pdf</t>
   </si>
   <si>
     <t>Edital de Seleção Simplificada para Contratação Emergencial - Assistente Social e Psicólogo</t>
   </si>
   <si>
     <t>22/07/2024</t>
   </si>
   <si>
     <t>Seleção Simplificada para Contratação Emergencial - Assistente Social e Psicólogo</t>
   </si>
   <si>
     <t>Retifica Edital nº 112/2024 Seleção Simplificada - Assistente Social e Psicólogo</t>
   </si>
@@ -1456,2671 +1504,2803 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/515475/images/original/004.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria Municipal de Educa&#231;&#227;o - Professor de Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/517089/images/original/007.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 004.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Professor de Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/518480/images/original/010.2025 - Divulga Classificados Edital n&#186; 004.2025 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Professor de Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/521971/images/original/014.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria Municipal de Educa&#231;&#227;o e Secretaria Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/524818/images/original/018.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 014.2025 da Sele&#231;&#227;o Simplificada para Contrat.  em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria Municipal de Educa&#231;&#227;o e de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/526610/images/original/023.2025 - Divulga Classificados Edital n&#186; 014.2025 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o e Secretaria de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/542910/images/original/037.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o e Desporto - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549013/images/original/041.2025 - Divulga Classificados Edital n&#186; 037.2025 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/545991/images/original/040.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 037.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/553045/images/original/043.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Monitor Educacional, Professor de L&#237;ngua Portuguesa e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/553046/images/original/050.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 043.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial Monitor Educacional, Professor de L&#237;ngua Portuguesa e Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/555693/images/original/058.2025 - Divulga Classificados Edital n&#186; 043.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial Monitor Educacional, Professor de L&#237;ngua Portuguesa e Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/559548/images/original/061.2025 - Divulga Resultado Final Edital n&#186; 043.2025 Sele&#231;&#227;o Simplificada para Cont. de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Monitor Educacional, Professor L&#237;ngua Portuguesa e Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/559549/images/original/062.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/587625/images/original/071.2025 - Selec&#807;a&#771;o Simplificada para Contratac&#807;a&#771;o de Pessoal em Cara&#769;ter Emergencial e por Tempo Determinado - Agente de Combate a&#768; Endemias, Auxiliar de Sau&#769;de Bucal e Auxiliar de Servic&#807;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/591730/images/original/074.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 071.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Agente de Endemias, Aux. Serv. Gerais, Aux. Sa&#250;de Bucal e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/597666/images/original/076.2025 - Divulga Classificados Edital n&#186; 071.2025 da Sele&#231;&#227;o Simplif.  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Agente de Endemias, Aux. Serv. Gerais, Aux. Sa&#250;de Bucal e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/599172/images/original/077.2025 - Divulga Resultado Final do Edital n&#186; 071.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Agente de Endemias, Aux. serv. Gerais, Aux. Sa&#250;de Bucal e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/600044/images/original/079.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/605306/images/original/070.2025 - Divulga Resultado Final Edital n&#186; 062.2025 Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/605322/images/original/083.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/608368/images/original/089.2025 - Divulga Classificados Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplif.  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/609193/images/original/087.2025 - Divulga Resultado Final do Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/609195/images/original/088.2025 - Retifica Edital que Divulga Classificados do Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/640561/images/original/106.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/651804/images/original/109.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 106.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/656059/images/original/110.2025 - Divulga Classificados Edital n&#186; 106.2025 da Sele&#231;&#227;o Simplif. Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Aux. Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/658023/images/original/112.2025 - Divulga Resultado Final do Edital n&#186; 106.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/671424/images/original/120.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o; Fazenda; Obras e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/673483/images/original/123.2025 -  Retifica Edital n&#186; 120.2025,  Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o; Fazenda; Obras e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/484074/images/original/132.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/484926/images/original/135.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 132.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/469821/images/original/112.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/470465/images/original/114.2024 - Retifica Edital n&#186; 112.2024, que Abre Inscri&#231;&#245;es para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/473823/images/original/124.2024 - Divulga Classificados Edital n&#186; 112.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/475016/images/original/126.2024 - Divulga Resultado Final Edital n&#186; 112.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/469725/images/original/110.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter emergencial e por Tempo Determinado - Agente Comunit&#225;rio de Sa&#250;de ESF Linha Brasil e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/470463/images/original/113.2024 - Retifica Edital n&#186; 110.2024, que Abre Inscri&#231;&#245;es para Contrata&#231;&#227;o em Car&#225;ter Emergencial  - Agente Comunit&#225;rio de Sa&#250;de ESF Linha Brasil e M&#233;dico Especialista em Ginecologia e Obstetr&#237;cia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/472775/images/original/120.2024 - Divulga Classificados Edital n&#186; 110.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - ACS ESF Linha Brasil e M&#233;dico Especialista em Ginecologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/473822/images/original/123.2024 - Divulga Resultado Final Edital n&#186; 110.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Agente comunit&#225;rio de Sa&#250;de ESF Linha Brasil e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/475015/images/original/127.2024 - Retifica o Edital n&#186; 123.2024, que Divulga o Resultado Final da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - ACS ESF Linha Brasil e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460261/images/original/096.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Agente de Combate &#224; Endemias Aedes Aegipty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/465315/images/original/104.2024 - Divulga Classificados Edital n&#186; 096.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/466566/images/original/108.2024 - Divulga Resultado Final Edital n&#186; 096.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/466565/images/original/100.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 096.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Agente de combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/420331/images/original/062.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o e Secretaria de Sa&#250;de - Auxiliar Desenvolvimento Infantil e Auxiliar de Sa&#250;de Bucal,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/448304/images/original/077.2024 - Divulga Classificados Edital n&#186; 062.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Auxiliar de Desenvolvimento Infantil e Auxiliar de Sa&#250;de Bucal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/448305/images/original/078.2024 - Divulga Resultado Final Edital n&#186; 062.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Auxiliar de Desenvolvimento Infantil e Auxiliar de Sa&#250;de Bucal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/408066/images/original/033.2024 - Divulga Resultado Final Edital n&#186; 017.2024 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/404629/images/original/028.2024 - Divulga Classificados Edital n&#186; 017.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/404628/images/original/030.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Oper&#225;rios - Secretaria de Agricultura e Secretaria de Obras - Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/402375/images/original/022.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 017.2024 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/401078/images/original/017.2024 - Edital de Sele&#231;&#227;o Simplificada em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/413031/images/original/045.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 041.2024 da Sele&#231;&#227;o Simplificada - Operador de M&#225;quinas e Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/415354/images/original/047.2024 - Divulga Classificados Edital n&#186; 041.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Operador de M&#225;quinas e Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416512/images/original/053.2024 - Divulga Resultado Final Edital n&#186; 041.2024 da Sele&#231;&#227;o Simplificada - Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/418020/images/original/059.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Motorista, Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/422505/images/original/063.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 059.2024 da Sele&#231;&#227;o Simplificada - Motorista, Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/445973/images/original/072.2024 - Divulga Classificados Edital n&#186; 059.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista, Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/408793/images/original/036.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 030.2024 da Sele&#231;&#227;o Simplificada - Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/410451/images/original/040.2024 - Divulga Classificados Edital n&#186; 030.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/411432/images/original/041.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Operador de M&#225;quinas e Oper&#225;rio - Secretaria de Agricultura e Secretaria de Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/411713/images/original/043.2024 - Divulga Resultado Final Edital n&#186; 030.2024 da Sele&#231;&#227;o Simplificada - Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/380659/images/original/153.2023 - Edital de Sele&#231;&#227;o Simplificada em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/384573/images/original/158.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 153.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/387699/images/original/161.2023 - Divulga Classificados Edital n&#186; 153.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/388529/images/original/167.2023 - Divulga Resultado Final Edital n&#186; 153.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/362945/images/original/137.2023 - Edital de Sele&#231;&#227;o Simplificada em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/367700/images/original/142.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 137.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/375918/images/original/148.2023 - Divulga Resultado Final Edital n&#186; 137.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/375916/images/original/145.2023 - Divulga Classificados Edital n&#186; 137.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/343134/images/original/118.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria deEduca&#231;&#227;o, Secretaria de Obras e Secretaria de Sa&#250;de - M&#233;dico - Especialista em medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347891/images/original/124.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 118.2023 da Sele&#231;&#227;o Simplificada - Agente Comunit&#225;rio de Sa&#250;de ESF Vale do Ca&#237;; M&#233;dico Especialista em Medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/348558/images/original/130.2023 - Divulga Classificados Edital n&#186; 118.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Agente Comun. Sa&#250;de ESF Vale do Ca&#237;; M&#233;dico Espec. em Medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/350708/images/original/134.2023 - Divulga Resultado Final Edital n&#186; 118.2023 da Sele&#231;&#227;o Simplificada - Agente Comunit&#225;rio de Sa&#250;de ESF Vale do Ca&#237;; M&#233;dico Especialista em Medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/341360/images/original/116.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Agricultura e Meio Ambiente - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347887/images/original/119.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 116.2023 da Sele&#231;&#227;o Simplificada - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347889/images/original/123.2023 - Divulga Classificados Edital n&#186; 116.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Agricultura e Meio Ambiente - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347890/images/original/126.2023 - Divulga Resultado Final Edital n&#186; 116.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Agricultura e Meio Ambiente - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/317545/images/original/099.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o e Secretaria de Obras - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/319414/images/original/105.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 099.2023 da Sele&#231;&#227;o Simplificada - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/321148/images/original/106.2023 - Divulga Classificados Edital n&#186; 099.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o e de Obras - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/322349/images/original/109.2023 - Divulga Resultado Final Edital n&#186; 099.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/310418/images/original/089.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 083.2023 da Sele&#231;&#227;o Simplificada - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308528/images/original/083.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Sa&#250;de e de Turismo - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312706/images/original/092.2023 - Divulga Classificados Edital n&#186; 083.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Sa&#250;de e de Turismo - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313626/images/original/094.2023 - Divulga Resultado Final do Edital n&#186; 083.2023 da Sele&#231;&#227;o Simplificada da Secretaria de Sa&#250;de e de Turismo - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303039/images/original/075.2023 - Edital de Sele&#231;&#227;o Simplificada  Secretaria de Sa&#250;de - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308067/images/original/077.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 075.2023 da Sele&#231;&#227;o Simplificada - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308070/images/original/081.2023 - Divulga Classificados Edital n&#186; 075.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Sa&#250;de - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/309009/images/original/084.2023 - Divulga Resultado Final do Edital n&#186; 075.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de  Sa&#250;de - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/301096/images/original/067.2023 - Divulga Classificados Edital n&#186; 061.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/300237/images/original/064.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 061.2023 da Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras, de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/298691/images/original/061.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras e de Sa&#250;de - Aux. Desenv. Infantil, Fisioterapeuta, M&#233;dico Ginecologista e Psiquiatra, Motorista, Operador M&#225;quina, Oper&#225;rio e Profe Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/302099/images/original/071.2023 - Divulga Resultado Final do Edital n&#186; 061.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/294645/images/original/055.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295630/images/original/057.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 055.2023 da Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras, de Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/297650/images/original/058.2023 - Divulga Classificados Edital n&#186; 055.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/298422/images/original/060.2023 - Divulga Resultado Final do Edital n&#186; 055.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286832/images/original/043.2023 - Edital de Sele&#231;&#227;o Simplificada - Aux. Desenv. Infantil, Aux. Serv. Gerais, Monitor Educacional, Operador de M&#225;quinas, Oper&#225;rio, Professor de Educa&#231;&#227;o F&#237;sica e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/288950/images/original/046.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 043.2023 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/290947/images/original/048.2023 - Divulga Classificados Edital n&#186; 043.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/292109/images/original/051.2023 - Divulga Resultado Final do Edital n&#186; 043.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281151/images/original/033.2023 - Edital de Sele&#231;&#227;o Simplificada - Assistente Social, Aux. Desenv. Infantil, Aux. Servi&#231;os Gerais, M&#233;dico Cl&#237;nico Geral, Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281327/images/original/034.2023 - Retifica  Edital n&#186; 033.2023 Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/283310/images/original/035.2023 - Homologa Inscri&#231;&#245;es dos Editais n&#186; 033.2023 e n&#186; 034.2023 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/285660/images/original/037.2023 - Divulga Classificados Edital n&#186; 033.2023 e n&#186; 034.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286594/images/original/040.2023 - Divulga Resultado Final do Edital n&#186; 033.2023 e 034.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286733/images/original/042.2023 - Retifica Edital 040.2023 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/276560/images/original/019.2023 - Edital de Sele&#231;&#227;o Simplificada - Agente Comun. Sa&#250;de ESF Alpina, Aux. Desenv. Infantil, Aux. Serv. Gerais, Monitor Educacional, Motorista, Oper&#225;rio, Profe L. Alem&#227;, M&#250;sica e L. Portuguesa e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281132/images/original/024.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 019.2023 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281135/images/original/032.2023 - Divulga Resultado Final Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial edital de abertura 019 - Secretaria de Educa&#231;&#227;o, Obras Agricultura e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/269072/images/original/010.2023 - Edital de Sele&#231;&#227;o Simplificada - Aux. Desenv. Infantil; Aux. Serv. Gerais; M&#233;dico 20h; Motorista; Oper&#225;rio; Profe de L&#237;ngua Inglesa; Profe Matem&#225;tica; Profe. de M&#250;sica; Psic&#243;logo e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/273495/images/original/011.2023 - Homologa Inscri&#231;&#227;o da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274965/images/original/016.2023 - Divulga Classificados Edital n&#186; 010.2023 Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/276558/images/original/018.2023 - Divulga Resultado Final do Edital n&#186; 010.2023 Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/255741/images/original/180.2022 - Edital de Sele&#231;&#227;o Simplificada - Agentes Comunit&#225;rios de Sa&#250;de, Aux. de Sa&#250;de Bucal, Motoristas, Operadores de M&#225;quinas, Oper&#225;rios, Oper&#225;rios Especializados, Professor de Ci&#234;ncias e T&#233;cnicos de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/258976/images/original/185.2022 - Divulga Resultado Edital n&#186; 180.2022 Sele&#231;&#227;o Simplificada - Secretaria da Educa&#231;&#227;o, Sa&#250;de e Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/259096/images/original/001.2023 - Retifica Edital n&#186; .2022 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/250277/images/original/173.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria de Educa&#231;&#227;o, Cultura e Desporto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251396/images/original/175.2022 - Retifica Edital n&#186; 173.2022 Sele&#231;&#227;o Simplificada - Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/258157/images/original/183.2022 - Divulga Resultado Edital n&#186; 173.2022 Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, Cultura e Desporto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246994/images/original/164.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria de Fazenda, Obras e Sa&#250;de - Assist.  Administrativo, Aux. Serv. Gerais; M&#233;dico Cl&#237;nico Geral; Motorista; Oper&#225;rio e Oper&#225;rio Especializado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251433/images/original/176.2022 - Divulga Resultado Edital n&#186; 164.2022 Sele&#231;&#227;o Simplificada - Assist. Administrativo, Aux. Serv. Gerais, M&#233;dico Cl&#237;nico Geral, Motorista, Oper&#225;rio e Oper&#225;rio Especializado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/241396/images/original/151.2022 - Edital Sele&#231;&#227;o Simplificada Secretaria de Educa&#231;&#227;o e Obras - Motorista e Secret&#225;rio de Escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246582/images/original/162.2022 - Divulga Resultado Edital n&#186; 151.2022 Sele&#231;&#227;o Simplificada - Motorista e Secret&#225;rio de Escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/239805/images/original/148.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria da Agricultura; Educa&#231;&#227;o; Fazenda; Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/244703/images/original/153.2022 - Divulga Resultado Edital n&#186; 148.2022 Sele&#231;&#227;o Simplificada - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246993/images/original/156.2022 - Retifica Edital n&#186; 153.2022 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Diversos Cargos.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/226454/images/original/143.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - Aux. Consult&#243;rio Dent&#225;rio; M&#233;dico Cl&#237;nico Geral e Professor de Arte.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/238741/images/original/147.2022 - Divulga Resultado Edital n&#186; 143.2022 Sele&#231;&#227;o Simplificada - Aux. Consult&#243;rio Dent&#225;rio; M&#233;dico Cl&#237;nico Geral e Professor de Arte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223981/images/original/140.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Cl&#237;nico Geral; Monitor Educacional e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/231270/images/original/144.2022 - Divulga Resultado Edital n&#186; 140.2022 Sele&#231;&#227;o Simplificada - M&#233;dico Cl&#237;nico Geral; Monitor Educacional e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/220626/images/original/134.2022 - Edital Sele&#231;&#227;o Simplificada - ACS - Linha Brasil e Vale do Ca&#237;; Aux. de Consult&#243;rio Dent&#225;rio; Motorista; Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223980/images/original/141.2022 - Divulga Resultado Edital n&#186; 134.2022 Sele&#231;&#227;o Simplificada - ACS Linha Brasil e Vale do Ca&#237;; Aux. Consult&#243;rio Dent&#225;rio; Motorista e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/217616/images/original/119.2022 - Edital de Sele&#231;&#227;o Simplificada Diversas Secretarias - Fiscal Municipal e Professor Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/219835/images/original/129.2022 - Divulga Resultado Edital n&#186; 119.2022 Sele&#231;&#227;o Simplificada - Fiscal Municipal e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215324/images/original/114.2022 - Edital de Sele&#231;&#227;o Simplificada Diversas Secretarias - Aux. Serv. Gerais, Monitor Educacional, Oper&#225;rio, Profe de L&#237;ngua Alem&#227; e Recepcionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/217217/images/original/118.2022 - Divulga Resultado Edital n&#186; 114.2022 Sele&#231;&#227;o Simplificada - Aux. Serv. Gerais, Monitor Educacional, Oper&#225;rio, Profe de L&#237;ngua alem&#227; e Recepcionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/210962/images/original/107.2022 - Edital Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - Assistente Social, Aux. Desenv. Infantil, Aux. Serv. Gerais, Monitor Educacional - Abrigamento, Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214222/images/original/109.2022 - Divulga Resultado Edital n&#186; 107.2022 Sele&#231;&#227;o Simplificada - Assistente Social, Auxiliar de Desenvolvimento Infantil, Auxiliar de Servi&#231;os Gerais, Monitor Educacional - Abrigamento e Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/207328/images/original/091.2022 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Psiquiatra - Monitor Educacional - Professor Anos Iniciais AEE - Professor Anos Iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/208328/images/original/094.2022 - Divulga Resultado Edital n&#186; 091.2022 Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Psiquiatra, Monitor Educacional, Professor Anos Iniciais e Professor Anos Iniciais AEE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/209293/images/original/097.2022 - Retifica Parcialmente Edital 094.2022 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Professor de Anos Iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/201083/images/original/073.2022 - Edital Sele&#231;&#227;o Simplificada Educa&#231;&#227;o Agricultura Fazenda e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/204047/images/original/078.2022 - Divulga Resultado Edital n&#186; 073.2022 Sele&#231;&#227;o Simplificada Secretaria da Agricultura, Educa&#231;&#227;o, Fazenda e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/196290/images/original/065.2022 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - Agentes em Sa&#250;de; Aux. Desenv. Infantil; Aux. Serv. Gerais; Dentista; Fisio; Fono e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/198303/images/original/071.2022 - Divulga Resultado Edital n&#186; 065.2022 Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182366/images/original/045.2022 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - Agente Comunit&#225;rio de Sa&#250;de ESF Linha Brasil -  Aux. de Servi&#231;os Gerais -  Monitor Educacional - Motorista - Profe Anos Iniciais AEE - Profe de Hist&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193917/images/original/057.2022 - Divulga Resultado Edital n&#186; 045.2022 Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/177878/images/original/016.2022 - Edital de Sele&#231;&#227;o Simplificada Sa&#250;de, Educa&#231;&#227;o e Obras - Auxiliar de Servi&#231;os Gerais - Aux. Desenv. Inf. -  Motorista - Oper&#225;rio e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/179879/images/original/024.2022 - Divulga Resultado Edital n&#186; 016.2022 Sele&#231;&#227;o Simplificada Obras, Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/175851/images/original/008.2022 - Chamamento P&#250;blico para Transporte Universit&#225;rio 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/175759/images/original/007.2022 - Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o - Profe de L&#237;ngua Alem&#227; - L&#237;ngua Portuguesa e Arte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/177876/images/original/017.2022 - Divulga Resultado Edital n&#186; 007.2022 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/178252/images/original/019.2022 - Retifica Resultado Edital n&#186; 017.2022 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/169409/images/original/120.2021 - Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173234/images/original/129.2021 - Divulga Resultado Edital n&#186; 120.2021 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173264/images/original/130.2021 - Retifica o Edital n&#186; 129.2021 Sele&#231;&#227;o Simplificada - nome candidata equivocado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173435/images/original/131.2021 - Revoga Edital 129.2021 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173757/images/original/001.2022 - Divulga Resultado Edital n&#186; 120.2021 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176563/images/original/013.2022 - Retifica Resultado Edital n&#186; 001.2022 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165297/images/original/107.2021 - Sele&#231;&#227;o Simplificada Secretaria da Sa&#250;de - M&#233;dico Cl&#237;nico Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/167434/images/original/114.2021 - Divulga Resultado Edital n&#186; 107.2021 Sele&#231;&#227;o Simplificada da Secretaria da Sa&#250;de - M&#233;dico Cl&#237;nico Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/161367/images/original/101.2021 - Edital de Sele&#231;&#227;o Simplificada da Educa&#231;&#227;o Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/163193/images/original/103.2021 - Divulga Resultado Edital n&#186; 101.2021 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/157899/images/original/099.2021 - Edital de Sele&#231;&#227;o Simplificada Sa&#250;de, Educa&#231;&#227;o e Obras - Motorista - Profe Educa&#231;&#227;o F&#237;sica, Profe de L&#237;ngua Portuguesa e T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/159264/images/original/100.2021 - Prorroga as incri&#231;&#245;es do Edital 099.2021 Sele&#231;&#227;o Simplificada da Secretaria da Sa&#250;de, Educa&#231;&#227;o e Obras - Motorista, Profe de Educa&#231;&#227;o F&#237;sica e L&#237;ngua Portuguesa e T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/161850/images/original/102.2021 - Divulga Resultado Edital n&#186; 099.2021 Sele&#231;&#227;o Simplificada - Motorista - Professor de Educa&#231;&#227;o F&#237;sica e L&#237;ngua Portuguesa - T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154207/images/original/091.2021 - Abre Sele&#231;&#227;o Simplificada Secretaria da Sa&#250;de - Auxiliar de Consult&#243;rio Dent&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156457/images/original/095.2021 - Divulga Resultado Edital n&#186; 091.2021 Sele&#231;&#227;o Simplificada Secretaria da Sa&#250;de - Aux. Consult&#243;rio Dent&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154075/images/original/088.2021 - Processo Seletivo P&#250;blico para Preenchimento de Est&#225;gio para o Gabinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154206/images/original/092.2021 - Prorroga as incri&#231;&#245;es do Edital 088.2021 Processo Seletivo para Est&#225;gio para o Gabinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156458/images/original/096.2021 - Divulga Resultado Edital n&#186; 088 e Prorrogado pelo Edital n&#186; 092.2021 Processo Seletivo de Estagi&#225;rio para o Gebinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156806/images/original/097.2021 - Divulga Resultado Final Edital n&#186; 088.2021 e n&#186; 092.2021 de Estagi&#225;rio para o Gabinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/151308/images/original/085.2021 - Processo Seletivo de Estagi&#225;rio para Secretaria da Educa&#231;&#227;o - Pedagogia e Psicologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/153442/images/original/089.2021 - Divulga Resultado Edital n&#186; 085.2021 Processo Seletivo para Estagi&#225;rio na Sec. Educa&#231;&#227;o - Pedagogia e Psicologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154273/images/original/093.2021 - Divulga Resultado Final Edital n&#186; 085.2021 Processo Seletivo para Estagi&#225;rio na Sec. Educa&#231;&#227;o - Pedagogia e Psicologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150359/images/original/080.2021 - Edital de Sele&#231;&#227;o Simplificada Sa&#250;de, Educa&#231;&#227;o e Obras - M&#233;dico Cl&#237;nico Geral - M&#233;dico Psiquiatra - Motorista - Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150361/images/original/FICHA DE INSCRI&#199;&#195;O - Sele&#231;&#227;o Simplificada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152333/images/original/087.2021 - Divulga Resultado Edital n&#186; 080.2021 Sele&#231;&#227;o Simplificada - Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/149475/images/original/074.2021 -  Edital Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Secretaria da Fazenda - Fiscal Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150785/images/original/084.2021 - Divulga Resultado Edital n&#186; 074.2021 Sele&#231;&#227;o Simplificada - Fiscal Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148840/images/original/069.2021 - Edital de Inscri&#231;&#227;o para Sele&#231;&#227;o Simplificada  - Sa&#250;de e Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148860/images/original/072.2021 - Retifica Edital n&#186; 069.2021 de Inscri&#231;&#227;o para Sele&#231;&#227;o Simplificada -  Sa&#250;de e Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150358/images/original/082.2021 - Divulga Resultado Edital n&#186; 069.2021 Sele&#231;&#227;o Simplificada - Sa&#250;de e Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150783/images/original/083.2021 - Retifica Edital 082.2021 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148839/images/original/068.2021 - Processo Seletivo de Estagi&#225;rio na Secretaria de Sa&#250;de - Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150175/images/original/077.2021 - Divulga Resultado Edital n&#186; 068.2021 Processo Seletivo para Estagi&#225;rio na Sec. Sa&#250;de e Assist. Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150176/images/original/078.2021 - Divulga&#231;&#227;o de Resultado Final Edital 068.2021 para Estagi&#225;rio na Sec. Sa&#250;de e Assist. Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/147835/images/original/067.2021 - Processo Seletivo de Estagi&#225;rio para o  CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148837/images/original/071.2021 - Divulga Resultado Edital n&#186; 067.2021 Processo Seletivo para Estagi&#225;rio do Gabinete - CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/147315/images/original/066.2021 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - Dentista - M&#233;dico Cl&#237;nico Geral - M&#233;dico Psiquiatra - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/149208/images/original/073.2021 - Divulga Resultado Edital n&#186; 066.2021 Sele&#231;&#227;o Simplificada - Sa&#250;de e Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146404/images/original/063.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146405/images/original/064.2021 - Processo Seletivo para Estagi&#225;rio no CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148838/images/original/070.2021 - Divulga Resultado Edital n&#186; 064.2021 Processo Seletivo para Estagi&#225;rio na Sec. Sa&#250;de e Assist. Social - CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/142603/images/original/057.2021 -  Edital Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Sa&#250;de - Fiscal para enfrentamento COVID-19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/143975/images/original/060.2021 - Divulga Resultado Edital n&#186;  057.2021 Sele&#231;&#227;o Simplificada - Fiscal para Enfrentamento COVID-19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/143086/images/original/058.2021 - Divulga Resultado Edital n&#186;  055.2021 Sele&#231;&#227;o Simplificada - Professor de Anos Iniciais - AEE, Professor de Inform&#225;tica e Professor de L&#237;ngua Alem&#227;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141780/images/original/055.2021-  Edital Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o - Professor de Anos Iniciais - AEE, Professor de Inform&#225;tica e Professor de L&#237;ngua Alem&#227;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140332/images/original/053.2021 -  Edital Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Sa&#250;de - Agente em Sa&#250;de e Fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141878/images/original/056.2021 - Divulga Resultado Edital n&#186;  053.2021 Sele&#231;&#227;o Simplificada - Agente em Sa&#250;de e Fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140162/images/original/049.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de - CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140331/images/original/054.2021 - Reabre Inscri&#231;&#245;es e Republica Processo Seletivo para Estagi&#225;rios CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137607/images/original/043.2021 -  Edital Sele&#231;&#227;o P&#250;blica - M&#233;dico Ginecologista,  M&#233;dico Psiquiatra e Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140217/images/original/051.2021 - Divulga Resultado Edital n&#186; 043.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Ginecologista e Psiquiatra e Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136944/images/original/038.2021 - Edital Sele&#231;&#227;o P&#250;blica - SA&#218;DE - Enfermeiro e M&#233;dico - OBRAS - Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138696/images/original/047.2021 - Divulga Resultado Edital n&#186; 038.2021 Sele&#231;&#227;o P&#250;blica - Sa&#250;de e Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136665/images/original/037.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Fazenda e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137442/images/original/042.2021 - Reabre Inscri&#231;&#245;es e Republica Processo Seletivo para Estagi&#225;rio na Secretaria da Fazenda e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139071/images/original/050.2021 - Divulga Resultado Edital n&#186; 042.2021 Processo Seletivo para Estagi&#225;rio na Secretaria da Fazenda e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136363/images/original/035.2021-  Edital Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o - Professor de L&#237;ngua Alem&#227; e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137441/images/original/041.2021 - Prorroga as incri&#231;&#245;es do Edital 035.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o - Professor de L&#237;ngua Alem&#227;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138694/images/original/048.2021 - Divulga Resultado Edital n&#186; 035.2021 e n&#186; 041.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133755/images/original/028.2021 - Processo Seletivo de Estagi&#225;rio para o Gabinete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132697/images/original/023.2021 - Abre Inscri&#231;&#227;o para Contrata&#231;&#227;o Emergencial COVID (Enfermeiro e T&#233;cnico de Enfermagem).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137440/images/original/040.2021 - Divulga Resultado Edital n&#186; 023.2021 do Edital n&#186; 023.2021 Sa&#250;de (COVID) Enfermeiro e T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132251/images/original/020.2021 Edital Sele&#231;&#227;o P&#250;blica - Agente Comunit&#225;rio de Sa&#250;de - Linha Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132253/images/original/018.2021 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial COVID.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137439/images/original/039.2021 - Divulga Resultado Edital n&#186; 018.2021 do Edital n&#186; 018.2021 Sa&#250;de (COVID) M&#233;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132074/images/original/018.2021 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial COVID.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130725/images/original/014.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132075/images/original/017.2021 - Divulga Resultado Edital n&#186; 014.2021 Processo Seletivo para Estagi&#225;rio na Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129776/images/original/004.2021 -  Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130303/images/original/008.2021 Divulga Resultado Edital n&#186; 004.2021 Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129681/images/original/003.2021 Processo Seletivo para Estagi&#225;rio na Secretaria do Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130650/images/original/012.2021 Divulga Resultado Edital n&#186; 003.2021 Processo Seletivo para Estagi&#225;rio na Secretaria de Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132250/images/original/021.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria Municipal de Planejamento - parte 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132252/images/original/015.2021 - Divulga&#231;&#227;o de Resultado Final do Processo Seletivo para Estagi&#225;rio na Secretaria de Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133756/images/original/029.2021 - Divulga&#231;&#227;o de Aprovados e selecionados no Processo Seletivo para Estagi&#225;rio na Secretaria de Planejamento - Edital n&#186; 021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/128996/images/original/001.2021 Edital Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o e Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/128997/images/original/002.2021 Retifica Edital 001.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130197/images/original/006.2021 Divulga Resultado Edital 001 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130306/images/original/009.2021 - Retifica Edital 006.2021 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126839/images/original/044.2020 Edital Sele&#231;&#227;o P&#250;blica - Agente em Sa&#250;de.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/729109/images/original/029.2026 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Aux. Sa&#250;de Bucal; Aux. Servi&#231;os Gerais; M&#233;dico Cl&#237;nico Geral e Psiquiatra; Monitor Educacional; Prof. de Inform&#225;tica e Supervisor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/711342/images/original/002.2026 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Auxiliar de Desenvolvimento Infantil; Oper&#225;rio; Professor de AEE e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/713640/images/original/010.2026 - Homologa Inscri&#231;&#245;es do Edital n&#186; 002.2026 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Aux. de Desenvolvimento Infantil, Oper&#225;rio, Professor AEE e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/719521/images/original/014.2026 - Divulga Classificados Edital n&#186; 002.2026 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Aux. Desev. Infantil; Oper&#225;rio; Professor de AEE e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/720619/images/original/015.2026 - Divulga Resultado Final do Edital n&#186; 002.2026 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Aux. Desenv. Infantil; Oper&#225;rio; Professor de AEE e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/515475/images/original/004.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria Municipal de Educa&#231;&#227;o - Professor de Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/517089/images/original/007.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 004.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Professor de Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/518480/images/original/010.2025 - Divulga Classificados Edital n&#186; 004.2025 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Professor de Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/521971/images/original/014.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria Municipal de Educa&#231;&#227;o e Secretaria Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/524818/images/original/018.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 014.2025 da Sele&#231;&#227;o Simplificada para Contrat.  em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria Municipal de Educa&#231;&#227;o e de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/526610/images/original/023.2025 - Divulga Classificados Edital n&#186; 014.2025 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o e Secretaria de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/542910/images/original/037.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o e Desporto - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/549013/images/original/041.2025 - Divulga Classificados Edital n&#186; 037.2025 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/545991/images/original/040.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 037.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/553045/images/original/043.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Monitor Educacional, Professor de L&#237;ngua Portuguesa e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/553046/images/original/050.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 043.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial Monitor Educacional, Professor de L&#237;ngua Portuguesa e Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/555693/images/original/058.2025 - Divulga Classificados Edital n&#186; 043.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial Monitor Educacional, Professor de L&#237;ngua Portuguesa e Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/559548/images/original/061.2025 - Divulga Resultado Final Edital n&#186; 043.2025 Sele&#231;&#227;o Simplificada para Cont. de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Monitor Educacional, Professor L&#237;ngua Portuguesa e Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/559549/images/original/062.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/587625/images/original/071.2025 - Selec&#807;a&#771;o Simplificada para Contratac&#807;a&#771;o de Pessoal em Cara&#769;ter Emergencial e por Tempo Determinado - Agente de Combate a&#768; Endemias, Auxiliar de Sau&#769;de Bucal e Auxiliar de Servic&#807;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/591730/images/original/074.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 071.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Agente de Endemias, Aux. Serv. Gerais, Aux. Sa&#250;de Bucal e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/597666/images/original/076.2025 - Divulga Classificados Edital n&#186; 071.2025 da Sele&#231;&#227;o Simplif.  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Agente de Endemias, Aux. Serv. Gerais, Aux. Sa&#250;de Bucal e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/599172/images/original/077.2025 - Divulga Resultado Final do Edital n&#186; 071.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Agente de Endemias, Aux. serv. Gerais, Aux. Sa&#250;de Bucal e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/600044/images/original/079.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/605306/images/original/070.2025 - Divulga Resultado Final Edital n&#186; 062.2025 Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/605322/images/original/083.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/608368/images/original/089.2025 - Divulga Classificados Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplif.  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/609193/images/original/087.2025 - Divulga Resultado Final do Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/609195/images/original/088.2025 - Retifica Edital que Divulga Classificados do Edital n&#186; 079.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/640561/images/original/106.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/651804/images/original/109.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 106.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/656059/images/original/110.2025 - Divulga Classificados Edital n&#186; 106.2025 da Sele&#231;&#227;o Simplif. Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Aux. Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/658023/images/original/112.2025 - Divulga Resultado Final do Edital n&#186; 106.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Auxiliar de Desenvolvimento Infantil e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/671424/images/original/120.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o; Fazenda; Obras e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/673483/images/original/123.2025 -  Retifica Edital n&#186; 120.2025,  Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o; Fazenda; Obras e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/675973/images/original/128.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 120.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria de Educa&#231;&#227;o; Fazenda; Obras e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/679384/images/original/133.2025 - Divulga Classificados Edital n&#186; 120.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Secretaria de Educa&#231;&#227;o; Fazenda; Obras e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/681608/images/original/136.2025 - Divulga Resultado Final do Edital n&#186; 120.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Secretaria de Educa&#231;&#227;o; Fazenda; Obras e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/691010/images/original/140.2025 - Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Secretaria Municipal de Obras e Servi&#231;os P&#250;blicos - Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/698718/images/original/142.2025 - Homologa Inscri&#231;&#245;es do Edital n&#186; 140.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/702188/images/original/144.2025 - Divulga Classificados Edital n&#186; 140.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Secretaria de Obras - Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/704726/images/original/148.2025 - Divulga Resultado Final do Edital n&#186; 140.2025 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial - Secretaria de Obras - Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/484074/images/original/132.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/484926/images/original/135.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 132.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/469821/images/original/112.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/470465/images/original/114.2024 - Retifica Edital n&#186; 112.2024, que Abre Inscri&#231;&#245;es para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/473823/images/original/124.2024 - Divulga Classificados Edital n&#186; 112.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/475016/images/original/126.2024 - Divulga Resultado Final Edital n&#186; 112.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Assistente Social e Psic&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/469725/images/original/110.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter emergencial e por Tempo Determinado - Agente Comunit&#225;rio de Sa&#250;de ESF Linha Brasil e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/470463/images/original/113.2024 - Retifica Edital n&#186; 110.2024, que Abre Inscri&#231;&#245;es para Contrata&#231;&#227;o em Car&#225;ter Emergencial  - Agente Comunit&#225;rio de Sa&#250;de ESF Linha Brasil e M&#233;dico Especialista em Ginecologia e Obstetr&#237;cia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/472775/images/original/120.2024 - Divulga Classificados Edital n&#186; 110.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - ACS ESF Linha Brasil e M&#233;dico Especialista em Ginecologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/473822/images/original/123.2024 - Divulga Resultado Final Edital n&#186; 110.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Agente comunit&#225;rio de Sa&#250;de ESF Linha Brasil e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/475015/images/original/127.2024 - Retifica o Edital n&#186; 123.2024, que Divulga o Resultado Final da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - ACS ESF Linha Brasil e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/460261/images/original/096.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Agente de Combate &#224; Endemias Aedes Aegipty.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/465315/images/original/104.2024 - Divulga Classificados Edital n&#186; 096.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/466566/images/original/108.2024 - Divulga Resultado Final Edital n&#186; 096.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/466565/images/original/100.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 096.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o de Pessoal em Car&#225;ter Emergencial e por Tempo Determinado - Agente de combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/420331/images/original/062.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o e Secretaria de Sa&#250;de - Auxiliar Desenvolvimento Infantil e Auxiliar de Sa&#250;de Bucal,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/448304/images/original/077.2024 - Divulga Classificados Edital n&#186; 062.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Auxiliar de Desenvolvimento Infantil e Auxiliar de Sa&#250;de Bucal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/448305/images/original/078.2024 - Divulga Resultado Final Edital n&#186; 062.2024 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado - Auxiliar de Desenvolvimento Infantil e Auxiliar de Sa&#250;de Bucal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/408066/images/original/033.2024 - Divulga Resultado Final Edital n&#186; 017.2024 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/404629/images/original/028.2024 - Divulga Classificados Edital n&#186; 017.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/404628/images/original/030.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Oper&#225;rios - Secretaria de Agricultura e Secretaria de Obras - Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/402375/images/original/022.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 017.2024 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/401078/images/original/017.2024 - Edital de Sele&#231;&#227;o Simplificada em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/413031/images/original/045.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 041.2024 da Sele&#231;&#227;o Simplificada - Operador de M&#225;quinas e Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/415354/images/original/047.2024 - Divulga Classificados Edital n&#186; 041.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Operador de M&#225;quinas e Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416512/images/original/053.2024 - Divulga Resultado Final Edital n&#186; 041.2024 da Sele&#231;&#227;o Simplificada - Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/418020/images/original/059.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Motorista, Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/422505/images/original/063.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 059.2024 da Sele&#231;&#227;o Simplificada - Motorista, Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/445973/images/original/072.2024 - Divulga Classificados Edital n&#186; 059.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista, Operador de M&#225;quinas e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/408793/images/original/036.2024 - Homologa Inscri&#231;&#245;es do Edital n&#186; 030.2024 da Sele&#231;&#227;o Simplificada - Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/410451/images/original/040.2024 - Divulga Classificados Edital n&#186; 030.2024 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Oper&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/411432/images/original/041.2024 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Operador de M&#225;quinas e Oper&#225;rio - Secretaria de Agricultura e Secretaria de Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/411713/images/original/043.2024 - Divulga Resultado Final Edital n&#186; 030.2024 da Sele&#231;&#227;o Simplificada - Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/380659/images/original/153.2023 - Edital de Sele&#231;&#227;o Simplificada em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/384573/images/original/158.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 153.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/387699/images/original/161.2023 - Divulga Classificados Edital n&#186; 153.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/388529/images/original/167.2023 - Divulga Resultado Final Edital n&#186; 153.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/362945/images/original/137.2023 - Edital de Sele&#231;&#227;o Simplificada em Car&#225;ter Emergencial e por Tempo Determinado - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/367700/images/original/142.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 137.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/375918/images/original/148.2023 - Divulga Resultado Final Edital n&#186; 137.2023 da Sele&#231;&#227;o Simplificada - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/375916/images/original/145.2023 - Divulga Classificados Edital n&#186; 137.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/343134/images/original/118.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria deEduca&#231;&#227;o, Secretaria de Obras e Secretaria de Sa&#250;de - M&#233;dico - Especialista em medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347891/images/original/124.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 118.2023 da Sele&#231;&#227;o Simplificada - Agente Comunit&#225;rio de Sa&#250;de ESF Vale do Ca&#237;; M&#233;dico Especialista em Medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/348558/images/original/130.2023 - Divulga Classificados Edital n&#186; 118.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Agente Comun. Sa&#250;de ESF Vale do Ca&#237;; M&#233;dico Espec. em Medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/350708/images/original/134.2023 - Divulga Resultado Final Edital n&#186; 118.2023 da Sele&#231;&#227;o Simplificada - Agente Comunit&#225;rio de Sa&#250;de ESF Vale do Ca&#237;; M&#233;dico Especialista em Medicina de Fam&#237;lia; Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/341360/images/original/116.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Agricultura e Meio Ambiente - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347887/images/original/119.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 116.2023 da Sele&#231;&#227;o Simplificada - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347889/images/original/123.2023 - Divulga Classificados Edital n&#186; 116.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Agricultura e Meio Ambiente - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/347890/images/original/126.2023 - Divulga Resultado Final Edital n&#186; 116.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Agricultura e Meio Ambiente - Bi&#243;logo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/317545/images/original/099.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o e Secretaria de Obras - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/319414/images/original/105.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 099.2023 da Sele&#231;&#227;o Simplificada - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/321148/images/original/106.2023 - Divulga Classificados Edital n&#186; 099.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o e de Obras - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/322349/images/original/109.2023 - Divulga Resultado Final Edital n&#186; 099.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Motorista e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/310418/images/original/089.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 083.2023 da Sele&#231;&#227;o Simplificada - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308528/images/original/083.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Sa&#250;de e de Turismo - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312706/images/original/092.2023 - Divulga Classificados Edital n&#186; 083.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Sa&#250;de e de Turismo - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313626/images/original/094.2023 - Divulga Resultado Final do Edital n&#186; 083.2023 da Sele&#231;&#227;o Simplificada da Secretaria de Sa&#250;de e de Turismo - Auxiliar de Servi&#231;os Gerais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303039/images/original/075.2023 - Edital de Sele&#231;&#227;o Simplificada  Secretaria de Sa&#250;de - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308067/images/original/077.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 075.2023 da Sele&#231;&#227;o Simplificada - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308070/images/original/081.2023 - Divulga Classificados Edital n&#186; 075.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Sa&#250;de - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/309009/images/original/084.2023 - Divulga Resultado Final do Edital n&#186; 075.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de  Sa&#250;de - Agente de Combate &#224; Endemias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/301096/images/original/067.2023 - Divulga Classificados Edital n&#186; 061.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/300237/images/original/064.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 061.2023 da Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras, de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/298691/images/original/061.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras e de Sa&#250;de - Aux. Desenv. Infantil, Fisioterapeuta, M&#233;dico Ginecologista e Psiquiatra, Motorista, Operador M&#225;quina, Oper&#225;rio e Profe Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/302099/images/original/071.2023 - Divulga Resultado Final do Edital n&#186; 061.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/294645/images/original/055.2023 - Edital de Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295630/images/original/057.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 055.2023 da Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, de Obras, de Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/297650/images/original/058.2023 - Divulga Classificados Edital n&#186; 055.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/298422/images/original/060.2023 - Divulga Resultado Final do Edital n&#186; 055.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286832/images/original/043.2023 - Edital de Sele&#231;&#227;o Simplificada - Aux. Desenv. Infantil, Aux. Serv. Gerais, Monitor Educacional, Operador de M&#225;quinas, Oper&#225;rio, Professor de Educa&#231;&#227;o F&#237;sica e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/288950/images/original/046.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 043.2023 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/290947/images/original/048.2023 - Divulga Classificados Edital n&#186; 043.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/292109/images/original/051.2023 - Divulga Resultado Final do Edital n&#186; 043.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281151/images/original/033.2023 - Edital de Sele&#231;&#227;o Simplificada - Assistente Social, Aux. Desenv. Infantil, Aux. Servi&#231;os Gerais, M&#233;dico Cl&#237;nico Geral, Motorista e Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281327/images/original/034.2023 - Retifica  Edital n&#186; 033.2023 Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/283310/images/original/035.2023 - Homologa Inscri&#231;&#245;es dos Editais n&#186; 033.2023 e n&#186; 034.2023 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/285660/images/original/037.2023 - Divulga Classificados Edital n&#186; 033.2023 e n&#186; 034.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286594/images/original/040.2023 - Divulga Resultado Final do Edital n&#186; 033.2023 e 034.2023 da Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286733/images/original/042.2023 - Retifica Edital 040.2023 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/276560/images/original/019.2023 - Edital de Sele&#231;&#227;o Simplificada - Agente Comun. Sa&#250;de ESF Alpina, Aux. Desenv. Infantil, Aux. Serv. Gerais, Monitor Educacional, Motorista, Oper&#225;rio, Profe L. Alem&#227;, M&#250;sica e L. Portuguesa e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281132/images/original/024.2023 - Homologa Inscri&#231;&#245;es do Edital n&#186; 019.2023 da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/281135/images/original/032.2023 - Divulga Resultado Final Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial edital de abertura 019 - Secretaria de Educa&#231;&#227;o, Obras Agricultura e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/269072/images/original/010.2023 - Edital de Sele&#231;&#227;o Simplificada - Aux. Desenv. Infantil; Aux. Serv. Gerais; M&#233;dico 20h; Motorista; Oper&#225;rio; Profe de L&#237;ngua Inglesa; Profe Matem&#225;tica; Profe. de M&#250;sica; Psic&#243;logo e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/273495/images/original/011.2023 - Homologa Inscri&#231;&#227;o da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o em Car&#225;ter Emergencial e por Tempo Determinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274965/images/original/016.2023 - Divulga Classificados Edital n&#186; 010.2023 Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/276558/images/original/018.2023 - Divulga Resultado Final do Edital n&#186; 010.2023 Sele&#231;&#227;o Simplificada  para Contrata&#231;&#227;o Emergencial - Secretaria de Educa&#231;&#227;o, Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/255741/images/original/180.2022 - Edital de Sele&#231;&#227;o Simplificada - Agentes Comunit&#225;rios de Sa&#250;de, Aux. de Sa&#250;de Bucal, Motoristas, Operadores de M&#225;quinas, Oper&#225;rios, Oper&#225;rios Especializados, Professor de Ci&#234;ncias e T&#233;cnicos de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/258976/images/original/185.2022 - Divulga Resultado Edital n&#186; 180.2022 Sele&#231;&#227;o Simplificada - Secretaria da Educa&#231;&#227;o, Sa&#250;de e Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/259096/images/original/001.2023 - Retifica Edital n&#186; .2022 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/250277/images/original/173.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria de Educa&#231;&#227;o, Cultura e Desporto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251396/images/original/175.2022 - Retifica Edital n&#186; 173.2022 Sele&#231;&#227;o Simplificada - Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/258157/images/original/183.2022 - Divulga Resultado Edital n&#186; 173.2022 Sele&#231;&#227;o Simplificada - Secretaria de Educa&#231;&#227;o, Cultura e Desporto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246994/images/original/164.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria de Fazenda, Obras e Sa&#250;de - Assist.  Administrativo, Aux. Serv. Gerais; M&#233;dico Cl&#237;nico Geral; Motorista; Oper&#225;rio e Oper&#225;rio Especializado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/251433/images/original/176.2022 - Divulga Resultado Edital n&#186; 164.2022 Sele&#231;&#227;o Simplificada - Assist. Administrativo, Aux. Serv. Gerais, M&#233;dico Cl&#237;nico Geral, Motorista, Oper&#225;rio e Oper&#225;rio Especializado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/241396/images/original/151.2022 - Edital Sele&#231;&#227;o Simplificada Secretaria de Educa&#231;&#227;o e Obras - Motorista e Secret&#225;rio de Escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246582/images/original/162.2022 - Divulga Resultado Edital n&#186; 151.2022 Sele&#231;&#227;o Simplificada - Motorista e Secret&#225;rio de Escola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/239805/images/original/148.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria da Agricultura; Educa&#231;&#227;o; Fazenda; Obras e Sa&#250;de - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/244703/images/original/153.2022 - Divulga Resultado Edital n&#186; 148.2022 Sele&#231;&#227;o Simplificada - Diversos Cargos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246993/images/original/156.2022 - Retifica Edital n&#186; 153.2022 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Diversos Cargos.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/226454/images/original/143.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - Aux. Consult&#243;rio Dent&#225;rio; M&#233;dico Cl&#237;nico Geral e Professor de Arte.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/238741/images/original/147.2022 - Divulga Resultado Edital n&#186; 143.2022 Sele&#231;&#227;o Simplificada - Aux. Consult&#243;rio Dent&#225;rio; M&#233;dico Cl&#237;nico Geral e Professor de Arte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223981/images/original/140.2022 - Edital de Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Cl&#237;nico Geral; Monitor Educacional e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/231270/images/original/144.2022 - Divulga Resultado Edital n&#186; 140.2022 Sele&#231;&#227;o Simplificada - M&#233;dico Cl&#237;nico Geral; Monitor Educacional e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/220626/images/original/134.2022 - Edital Sele&#231;&#227;o Simplificada - ACS - Linha Brasil e Vale do Ca&#237;; Aux. de Consult&#243;rio Dent&#225;rio; Motorista; Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223980/images/original/141.2022 - Divulga Resultado Edital n&#186; 134.2022 Sele&#231;&#227;o Simplificada - ACS Linha Brasil e Vale do Ca&#237;; Aux. Consult&#243;rio Dent&#225;rio; Motorista e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/217616/images/original/119.2022 - Edital de Sele&#231;&#227;o Simplificada Diversas Secretarias - Fiscal Municipal e Professor Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/219835/images/original/129.2022 - Divulga Resultado Edital n&#186; 119.2022 Sele&#231;&#227;o Simplificada - Fiscal Municipal e Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215324/images/original/114.2022 - Edital de Sele&#231;&#227;o Simplificada Diversas Secretarias - Aux. Serv. Gerais, Monitor Educacional, Oper&#225;rio, Profe de L&#237;ngua Alem&#227; e Recepcionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/217217/images/original/118.2022 - Divulga Resultado Edital n&#186; 114.2022 Sele&#231;&#227;o Simplificada - Aux. Serv. Gerais, Monitor Educacional, Oper&#225;rio, Profe de L&#237;ngua alem&#227; e Recepcionista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/210962/images/original/107.2022 - Edital Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - Assistente Social, Aux. Desenv. Infantil, Aux. Serv. Gerais, Monitor Educacional - Abrigamento, Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/214222/images/original/109.2022 - Divulga Resultado Edital n&#186; 107.2022 Sele&#231;&#227;o Simplificada - Assistente Social, Auxiliar de Desenvolvimento Infantil, Auxiliar de Servi&#231;os Gerais, Monitor Educacional - Abrigamento e Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/207328/images/original/091.2022 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Psiquiatra - Monitor Educacional - Professor Anos Iniciais AEE - Professor Anos Iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/208328/images/original/094.2022 - Divulga Resultado Edital n&#186; 091.2022 Sele&#231;&#227;o Simplificada Secretaria da Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Psiquiatra, Monitor Educacional, Professor Anos Iniciais e Professor Anos Iniciais AEE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/209293/images/original/097.2022 - Retifica Parcialmente Edital 094.2022 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Professor de Anos Iniciais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/201083/images/original/073.2022 - Edital Sele&#231;&#227;o Simplificada Educa&#231;&#227;o Agricultura Fazenda e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/204047/images/original/078.2022 - Divulga Resultado Edital n&#186; 073.2022 Sele&#231;&#227;o Simplificada Secretaria da Agricultura, Educa&#231;&#227;o, Fazenda e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/196290/images/original/065.2022 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - Agentes em Sa&#250;de; Aux. Desenv. Infantil; Aux. Serv. Gerais; Dentista; Fisio; Fono e M&#233;dico Ginecologista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/198303/images/original/071.2022 - Divulga Resultado Edital n&#186; 065.2022 Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182366/images/original/045.2022 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - Agente Comunit&#225;rio de Sa&#250;de ESF Linha Brasil -  Aux. de Servi&#231;os Gerais -  Monitor Educacional - Motorista - Profe Anos Iniciais AEE - Profe de Hist&#243;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193917/images/original/057.2022 - Divulga Resultado Edital n&#186; 045.2022 Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/177878/images/original/016.2022 - Edital de Sele&#231;&#227;o Simplificada Sa&#250;de, Educa&#231;&#227;o e Obras - Auxiliar de Servi&#231;os Gerais - Aux. Desenv. Inf. -  Motorista - Oper&#225;rio e Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/179879/images/original/024.2022 - Divulga Resultado Edital n&#186; 016.2022 Sele&#231;&#227;o Simplificada Obras, Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/175851/images/original/008.2022 - Chamamento P&#250;blico para Transporte Universit&#225;rio 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/175759/images/original/007.2022 - Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o - Profe de L&#237;ngua Alem&#227; - L&#237;ngua Portuguesa e Arte.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/177876/images/original/017.2022 - Divulga Resultado Edital n&#186; 007.2022 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/178252/images/original/019.2022 - Retifica Resultado Edital n&#186; 017.2022 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/169409/images/original/120.2021 - Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173234/images/original/129.2021 - Divulga Resultado Edital n&#186; 120.2021 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173264/images/original/130.2021 - Retifica o Edital n&#186; 129.2021 Sele&#231;&#227;o Simplificada - nome candidata equivocado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173435/images/original/131.2021 - Revoga Edital 129.2021 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/173757/images/original/001.2022 - Divulga Resultado Edital n&#186; 120.2021 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/176563/images/original/013.2022 - Retifica Resultado Edital n&#186; 001.2022 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165297/images/original/107.2021 - Sele&#231;&#227;o Simplificada Secretaria da Sa&#250;de - M&#233;dico Cl&#237;nico Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/167434/images/original/114.2021 - Divulga Resultado Edital n&#186; 107.2021 Sele&#231;&#227;o Simplificada da Secretaria da Sa&#250;de - M&#233;dico Cl&#237;nico Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/161367/images/original/101.2021 - Edital de Sele&#231;&#227;o Simplificada da Educa&#231;&#227;o Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/163193/images/original/103.2021 - Divulga Resultado Edital n&#186; 101.2021 Sele&#231;&#227;o Simplificada da Secretaria da Educa&#231;&#227;o - Professor de Matem&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/157899/images/original/099.2021 - Edital de Sele&#231;&#227;o Simplificada Sa&#250;de, Educa&#231;&#227;o e Obras - Motorista - Profe Educa&#231;&#227;o F&#237;sica, Profe de L&#237;ngua Portuguesa e T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/159264/images/original/100.2021 - Prorroga as incri&#231;&#245;es do Edital 099.2021 Sele&#231;&#227;o Simplificada da Secretaria da Sa&#250;de, Educa&#231;&#227;o e Obras - Motorista, Profe de Educa&#231;&#227;o F&#237;sica e L&#237;ngua Portuguesa e T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/161850/images/original/102.2021 - Divulga Resultado Edital n&#186; 099.2021 Sele&#231;&#227;o Simplificada - Motorista - Professor de Educa&#231;&#227;o F&#237;sica e L&#237;ngua Portuguesa - T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154207/images/original/091.2021 - Abre Sele&#231;&#227;o Simplificada Secretaria da Sa&#250;de - Auxiliar de Consult&#243;rio Dent&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156457/images/original/095.2021 - Divulga Resultado Edital n&#186; 091.2021 Sele&#231;&#227;o Simplificada Secretaria da Sa&#250;de - Aux. Consult&#243;rio Dent&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154075/images/original/088.2021 - Processo Seletivo P&#250;blico para Preenchimento de Est&#225;gio para o Gabinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154206/images/original/092.2021 - Prorroga as incri&#231;&#245;es do Edital 088.2021 Processo Seletivo para Est&#225;gio para o Gabinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156458/images/original/096.2021 - Divulga Resultado Edital n&#186; 088 e Prorrogado pelo Edital n&#186; 092.2021 Processo Seletivo de Estagi&#225;rio para o Gebinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156806/images/original/097.2021 - Divulga Resultado Final Edital n&#186; 088.2021 e n&#186; 092.2021 de Estagi&#225;rio para o Gabinete - F&#243;rum.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/151308/images/original/085.2021 - Processo Seletivo de Estagi&#225;rio para Secretaria da Educa&#231;&#227;o - Pedagogia e Psicologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/153442/images/original/089.2021 - Divulga Resultado Edital n&#186; 085.2021 Processo Seletivo para Estagi&#225;rio na Sec. Educa&#231;&#227;o - Pedagogia e Psicologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/154273/images/original/093.2021 - Divulga Resultado Final Edital n&#186; 085.2021 Processo Seletivo para Estagi&#225;rio na Sec. Educa&#231;&#227;o - Pedagogia e Psicologia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150359/images/original/080.2021 - Edital de Sele&#231;&#227;o Simplificada Sa&#250;de, Educa&#231;&#227;o e Obras - M&#233;dico Cl&#237;nico Geral - M&#233;dico Psiquiatra - Motorista - Oper&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150361/images/original/FICHA DE INSCRI&#199;&#195;O - Sele&#231;&#227;o Simplificada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152333/images/original/087.2021 - Divulga Resultado Edital n&#186; 080.2021 Sele&#231;&#227;o Simplificada - Educa&#231;&#227;o, Obras e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/149475/images/original/074.2021 -  Edital Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Secretaria da Fazenda - Fiscal Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150785/images/original/084.2021 - Divulga Resultado Edital n&#186; 074.2021 Sele&#231;&#227;o Simplificada - Fiscal Municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148840/images/original/069.2021 - Edital de Inscri&#231;&#227;o para Sele&#231;&#227;o Simplificada  - Sa&#250;de e Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148860/images/original/072.2021 - Retifica Edital n&#186; 069.2021 de Inscri&#231;&#227;o para Sele&#231;&#227;o Simplificada -  Sa&#250;de e Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150358/images/original/082.2021 - Divulga Resultado Edital n&#186; 069.2021 Sele&#231;&#227;o Simplificada - Sa&#250;de e Turismo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150783/images/original/083.2021 - Retifica Edital 082.2021 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148839/images/original/068.2021 - Processo Seletivo de Estagi&#225;rio na Secretaria de Sa&#250;de - Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150175/images/original/077.2021 - Divulga Resultado Edital n&#186; 068.2021 Processo Seletivo para Estagi&#225;rio na Sec. Sa&#250;de e Assist. Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150176/images/original/078.2021 - Divulga&#231;&#227;o de Resultado Final Edital 068.2021 para Estagi&#225;rio na Sec. Sa&#250;de e Assist. Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/147835/images/original/067.2021 - Processo Seletivo de Estagi&#225;rio para o  CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148837/images/original/071.2021 - Divulga Resultado Edital n&#186; 067.2021 Processo Seletivo para Estagi&#225;rio do Gabinete - CONSEPRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/147315/images/original/066.2021 - Edital de Sele&#231;&#227;o Simplificada Educa&#231;&#227;o e Sa&#250;de - Dentista - M&#233;dico Cl&#237;nico Geral - M&#233;dico Psiquiatra - Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/149208/images/original/073.2021 - Divulga Resultado Edital n&#186; 066.2021 Sele&#231;&#227;o Simplificada - Sa&#250;de e Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146404/images/original/063.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146405/images/original/064.2021 - Processo Seletivo para Estagi&#225;rio no CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148838/images/original/070.2021 - Divulga Resultado Edital n&#186; 064.2021 Processo Seletivo para Estagi&#225;rio na Sec. Sa&#250;de e Assist. Social - CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/142603/images/original/057.2021 -  Edital Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Sa&#250;de - Fiscal para enfrentamento COVID-19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/143975/images/original/060.2021 - Divulga Resultado Edital n&#186;  057.2021 Sele&#231;&#227;o Simplificada - Fiscal para Enfrentamento COVID-19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/143086/images/original/058.2021 - Divulga Resultado Edital n&#186;  055.2021 Sele&#231;&#227;o Simplificada - Professor de Anos Iniciais - AEE, Professor de Inform&#225;tica e Professor de L&#237;ngua Alem&#227;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141780/images/original/055.2021-  Edital Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o - Professor de Anos Iniciais - AEE, Professor de Inform&#225;tica e Professor de L&#237;ngua Alem&#227;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140332/images/original/053.2021 -  Edital Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial - Sa&#250;de - Agente em Sa&#250;de e Fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141878/images/original/056.2021 - Divulga Resultado Edital n&#186;  053.2021 Sele&#231;&#227;o Simplificada - Agente em Sa&#250;de e Fisioterapeuta.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140162/images/original/049.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de - CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140331/images/original/054.2021 - Reabre Inscri&#231;&#245;es e Republica Processo Seletivo para Estagi&#225;rios CAPS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137607/images/original/043.2021 -  Edital Sele&#231;&#227;o P&#250;blica - M&#233;dico Ginecologista,  M&#233;dico Psiquiatra e Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/140217/images/original/051.2021 - Divulga Resultado Edital n&#186; 043.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o e Sa&#250;de - M&#233;dico Ginecologista e Psiquiatra e Motorista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136944/images/original/038.2021 - Edital Sele&#231;&#227;o P&#250;blica - SA&#218;DE - Enfermeiro e M&#233;dico - OBRAS - Operador de M&#225;quinas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138696/images/original/047.2021 - Divulga Resultado Edital n&#186; 038.2021 Sele&#231;&#227;o P&#250;blica - Sa&#250;de e Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136665/images/original/037.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Fazenda e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137442/images/original/042.2021 - Reabre Inscri&#231;&#245;es e Republica Processo Seletivo para Estagi&#225;rio na Secretaria da Fazenda e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139071/images/original/050.2021 - Divulga Resultado Edital n&#186; 042.2021 Processo Seletivo para Estagi&#225;rio na Secretaria da Fazenda e Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136363/images/original/035.2021-  Edital Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o - Professor de L&#237;ngua Alem&#227; e Supervisor Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137441/images/original/041.2021 - Prorroga as incri&#231;&#245;es do Edital 035.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o - Professor de L&#237;ngua Alem&#227;.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138694/images/original/048.2021 - Divulga Resultado Edital n&#186; 035.2021 e n&#186; 041.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133755/images/original/028.2021 - Processo Seletivo de Estagi&#225;rio para o Gabinete.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132697/images/original/023.2021 - Abre Inscri&#231;&#227;o para Contrata&#231;&#227;o Emergencial COVID (Enfermeiro e T&#233;cnico de Enfermagem).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137440/images/original/040.2021 - Divulga Resultado Edital n&#186; 023.2021 do Edital n&#186; 023.2021 Sa&#250;de (COVID) Enfermeiro e T&#233;cnico de Enfermagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132251/images/original/020.2021 Edital Sele&#231;&#227;o P&#250;blica - Agente Comunit&#225;rio de Sa&#250;de - Linha Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132253/images/original/018.2021 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial COVID.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/137439/images/original/039.2021 - Divulga Resultado Edital n&#186; 018.2021 do Edital n&#186; 018.2021 Sa&#250;de (COVID) M&#233;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132074/images/original/018.2021 - Edital de Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial COVID.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130725/images/original/014.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132075/images/original/017.2021 - Divulga Resultado Edital n&#186; 014.2021 Processo Seletivo para Estagi&#225;rio na Secretaria da Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129776/images/original/004.2021 -  Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130303/images/original/008.2021 Divulga Resultado Edital n&#186; 004.2021 Processo Seletivo para Estagi&#225;rio na Secretaria da Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/129681/images/original/003.2021 Processo Seletivo para Estagi&#225;rio na Secretaria do Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130650/images/original/012.2021 Divulga Resultado Edital n&#186; 003.2021 Processo Seletivo para Estagi&#225;rio na Secretaria de Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132250/images/original/021.2021 - Processo Seletivo para Estagi&#225;rio na Secretaria Municipal de Planejamento - parte 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132252/images/original/015.2021 - Divulga&#231;&#227;o de Resultado Final do Processo Seletivo para Estagi&#225;rio na Secretaria de Planejamento.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133756/images/original/029.2021 - Divulga&#231;&#227;o de Aprovados e selecionados no Processo Seletivo para Estagi&#225;rio na Secretaria de Planejamento - Edital n&#186; 021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/128996/images/original/001.2021 Edital Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o e Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/128997/images/original/002.2021 Retifica Edital 001.2021 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o e Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130197/images/original/006.2021 Divulga Resultado Edital 001 Sele&#231;&#227;o P&#250;blica - Educa&#231;&#227;o Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/130306/images/original/009.2021 - Retifica Edital 006.2021 Divulga Resultado da Sele&#231;&#227;o Simplificada para Contrata&#231;&#227;o Emergencial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126839/images/original/044.2020 Edital Sele&#231;&#227;o P&#250;blica - Agente em Sa&#250;de.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C237"/>
+  <dimension ref="A1:C249"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C237" sqref="C237"/>
+      <selection activeCell="C249" sqref="C249"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B23" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B25" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B26" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B27" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B28" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B29" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B30" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B31" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="B32" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="B33" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="B34" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="B35" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="B36" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="B37" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>12</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="B39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="B40" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="B41" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="B42" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="B43" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>51</v>
+      </c>
+      <c r="B44" t="s">
         <v>52</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" s="1" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>51</v>
+      </c>
+      <c r="B45" t="s">
         <v>52</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B46" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B47" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B48" t="s">
+        <v>56</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B49" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
+        <v>61</v>
+      </c>
+      <c r="B50" t="s">
         <v>62</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>61</v>
+      </c>
+      <c r="B51" t="s">
         <v>62</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" t="s">
         <v>62</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>61</v>
+      </c>
+      <c r="B53" t="s">
         <v>62</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>61</v>
+      </c>
+      <c r="B54" t="s">
         <v>62</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B55" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B56" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B57" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B58" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="B59" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="B60" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="B61" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="B62" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="B63" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="B64" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
+        <v>78</v>
+      </c>
+      <c r="B65" t="s">
         <v>79</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>78</v>
+      </c>
+      <c r="B66" t="s">
         <v>79</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>78</v>
+      </c>
+      <c r="B67" t="s">
         <v>79</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
+        <v>78</v>
+      </c>
+      <c r="B68" t="s">
         <v>79</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="B69" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="B70" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="B71" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="B72" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="B73" t="s">
+        <v>79</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="B74" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="B75" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="B76" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>95</v>
+      </c>
+      <c r="B77" t="s">
         <v>96</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
+        <v>95</v>
+      </c>
+      <c r="B78" t="s">
         <v>96</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
+        <v>95</v>
+      </c>
+      <c r="B79" t="s">
         <v>96</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>95</v>
+      </c>
+      <c r="B80" t="s">
         <v>96</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
+        <v>101</v>
+      </c>
+      <c r="B81" t="s">
         <v>102</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="1" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
+        <v>101</v>
+      </c>
+      <c r="B82" t="s">
         <v>102</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" s="1" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
+        <v>101</v>
+      </c>
+      <c r="B83" t="s">
         <v>102</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
+        <v>101</v>
+      </c>
+      <c r="B84" t="s">
         <v>102</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>106</v>
+      </c>
+      <c r="B85" t="s">
+        <v>107</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B86" t="s">
+        <v>107</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B87" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B88" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
+        <v>112</v>
+      </c>
+      <c r="B89" t="s">
+        <v>113</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B90" t="s">
+        <v>113</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B91" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B92" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
+        <v>118</v>
+      </c>
+      <c r="B93" t="s">
+        <v>119</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B94" t="s">
+        <v>119</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B95" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B96" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
+        <v>124</v>
+      </c>
+      <c r="B97" t="s">
+        <v>125</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B98" t="s">
+        <v>125</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B99" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B100" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
+        <v>130</v>
+      </c>
+      <c r="B101" t="s">
+        <v>131</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B102" t="s">
+        <v>131</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B103" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B104" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
+        <v>136</v>
+      </c>
+      <c r="B105" t="s">
+        <v>137</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B106" t="s">
+        <v>137</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B107" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B108" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B109" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B110" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
+        <v>142</v>
+      </c>
+      <c r="B111" t="s">
+        <v>143</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B112" t="s">
+        <v>143</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B113" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
+        <v>148</v>
+      </c>
+      <c r="B114" t="s">
+        <v>149</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B115" t="s">
+        <v>149</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B116" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B117" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
+        <v>154</v>
+      </c>
+      <c r="B118" t="s">
+        <v>155</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B119" t="s">
+        <v>155</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B120" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B121" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B122" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>162</v>
       </c>
       <c r="B123" t="s">
         <v>163</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B124" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B125" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B126" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B127" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="B128" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="B129" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
+        <v>173</v>
+      </c>
+      <c r="B130" t="s">
+        <v>174</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="B131" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="B132" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="B133" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="B134" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="B135" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B136" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="B137" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B138" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="B139" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B140" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B141" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B142" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B143" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B144" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B145" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="B146" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B147" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B148" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="B149" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B150" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
+        <v>212</v>
+      </c>
+      <c r="B151" t="s">
+        <v>213</v>
+      </c>
+      <c r="C151" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B152" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
+        <v>216</v>
+      </c>
+      <c r="B153" t="s">
         <v>217</v>
       </c>
-      <c r="B153" t="s">
+      <c r="C153" s="1" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B154" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B155" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B156" t="s">
+        <v>221</v>
+      </c>
+      <c r="C156" s="1" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B157" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>200</v>
+        <v>224</v>
       </c>
       <c r="B158" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>200</v>
+        <v>226</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>200</v>
+        <v>224</v>
       </c>
       <c r="B159" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="B160" t="s">
         <v>228</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>230</v>
+        <v>216</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="B161" t="s">
         <v>228</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="B162" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="B163" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
+        <v>233</v>
+      </c>
+      <c r="B164" t="s">
         <v>234</v>
       </c>
-      <c r="B164" t="s">
+      <c r="C164" s="1" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
+        <v>233</v>
+      </c>
+      <c r="B165" t="s">
         <v>234</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
+        <v>237</v>
+      </c>
+      <c r="B166" t="s">
         <v>238</v>
       </c>
-      <c r="B166" t="s">
+      <c r="C166" s="1" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
+        <v>240</v>
+      </c>
+      <c r="B167" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
+        <v>240</v>
+      </c>
+      <c r="B168" t="s">
+        <v>238</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B169" t="s">
+        <v>238</v>
+      </c>
+      <c r="C169" s="1" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>242</v>
+        <v>216</v>
       </c>
       <c r="B170" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>246</v>
+        <v>216</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>247</v>
+        <v>216</v>
       </c>
       <c r="B171" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>247</v>
+        <v>216</v>
       </c>
       <c r="B172" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="B173" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="B174" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="B175" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
+        <v>250</v>
+      </c>
+      <c r="B176" t="s">
         <v>251</v>
       </c>
-      <c r="B176" t="s">
+      <c r="C176" s="1" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="B177" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B178" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
+        <v>254</v>
+      </c>
+      <c r="B179" t="s">
+        <v>255</v>
+      </c>
+      <c r="C179" s="1" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B180" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B181" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
+        <v>258</v>
+      </c>
+      <c r="B182" t="s">
+        <v>259</v>
+      </c>
+      <c r="C182" s="1" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B183" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B184" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B185" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B186" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
+        <v>267</v>
+      </c>
+      <c r="B187" t="s">
+        <v>268</v>
+      </c>
+      <c r="C187" s="1" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B188" t="s">
+        <v>268</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B189" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
+        <v>273</v>
+      </c>
+      <c r="B190" t="s">
+        <v>274</v>
+      </c>
+      <c r="C190" s="1" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B191" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B192" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B193" t="s">
+        <v>279</v>
+      </c>
+      <c r="C193" s="1" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="B194" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>204</v>
+        <v>282</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>283</v>
       </c>
       <c r="B195" t="s">
         <v>284</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
+        <v>283</v>
+      </c>
+      <c r="B196" t="s">
+        <v>284</v>
+      </c>
+      <c r="C196" s="1" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B197" t="s">
+        <v>288</v>
+      </c>
+      <c r="C197" s="1" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B198" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B199" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
+        <v>287</v>
+      </c>
+      <c r="B200" t="s">
+        <v>288</v>
+      </c>
+      <c r="C200" s="1" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B201" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B202" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="B203" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B204" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="B205" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B206" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>306</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="B207" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B208" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="B209" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="B210" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="B211" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="B212" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B213" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="B214" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B215" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B216" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="B217" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="B218" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B219" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="B220" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="B221" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="B222" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="B223" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="B224" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="B225" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="B226" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="B227" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="B228" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="B229" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B230" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B231" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
+        <v>348</v>
+      </c>
+      <c r="B232" t="s">
         <v>349</v>
       </c>
-      <c r="B232" t="s">
+      <c r="C232" s="1" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B233" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B234" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
+        <v>355</v>
+      </c>
+      <c r="B235" t="s">
+        <v>352</v>
+      </c>
+      <c r="C235" s="1" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B236" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
+        <v>357</v>
+      </c>
+      <c r="B237" t="s">
+        <v>358</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" t="s">
+        <v>361</v>
+      </c>
+      <c r="B238" t="s">
         <v>362</v>
       </c>
-      <c r="B237" t="s">
+      <c r="C238" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="C237" s="1" t="s">
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" t="s">
+        <v>361</v>
+      </c>
+      <c r="B239" t="s">
+        <v>362</v>
+      </c>
+      <c r="C239" s="1" t="s">
         <v>364</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" t="s">
+        <v>365</v>
+      </c>
+      <c r="B240" t="s">
+        <v>366</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" t="s">
+        <v>365</v>
+      </c>
+      <c r="B241" t="s">
+        <v>366</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" t="s">
+        <v>365</v>
+      </c>
+      <c r="B242" t="s">
+        <v>366</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" t="s">
+        <v>365</v>
+      </c>
+      <c r="B243" t="s">
+        <v>366</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" t="s">
+        <v>365</v>
+      </c>
+      <c r="B244" t="s">
+        <v>366</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" t="s">
+        <v>372</v>
+      </c>
+      <c r="B245" t="s">
+        <v>373</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" t="s">
+        <v>372</v>
+      </c>
+      <c r="B246" t="s">
+        <v>373</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" t="s">
+        <v>372</v>
+      </c>
+      <c r="B247" t="s">
+        <v>373</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" t="s">
+        <v>372</v>
+      </c>
+      <c r="B248" t="s">
+        <v>373</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" t="s">
+        <v>378</v>
+      </c>
+      <c r="B249" t="s">
+        <v>379</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -4317,50 +4497,62 @@
     <hyperlink ref="C213" r:id="rId_hyperlink_212"/>
     <hyperlink ref="C214" r:id="rId_hyperlink_213"/>
     <hyperlink ref="C215" r:id="rId_hyperlink_214"/>
     <hyperlink ref="C216" r:id="rId_hyperlink_215"/>
     <hyperlink ref="C217" r:id="rId_hyperlink_216"/>
     <hyperlink ref="C218" r:id="rId_hyperlink_217"/>
     <hyperlink ref="C219" r:id="rId_hyperlink_218"/>
     <hyperlink ref="C220" r:id="rId_hyperlink_219"/>
     <hyperlink ref="C221" r:id="rId_hyperlink_220"/>
     <hyperlink ref="C222" r:id="rId_hyperlink_221"/>
     <hyperlink ref="C223" r:id="rId_hyperlink_222"/>
     <hyperlink ref="C224" r:id="rId_hyperlink_223"/>
     <hyperlink ref="C225" r:id="rId_hyperlink_224"/>
     <hyperlink ref="C226" r:id="rId_hyperlink_225"/>
     <hyperlink ref="C227" r:id="rId_hyperlink_226"/>
     <hyperlink ref="C228" r:id="rId_hyperlink_227"/>
     <hyperlink ref="C229" r:id="rId_hyperlink_228"/>
     <hyperlink ref="C230" r:id="rId_hyperlink_229"/>
     <hyperlink ref="C231" r:id="rId_hyperlink_230"/>
     <hyperlink ref="C232" r:id="rId_hyperlink_231"/>
     <hyperlink ref="C233" r:id="rId_hyperlink_232"/>
     <hyperlink ref="C234" r:id="rId_hyperlink_233"/>
     <hyperlink ref="C235" r:id="rId_hyperlink_234"/>
     <hyperlink ref="C236" r:id="rId_hyperlink_235"/>
     <hyperlink ref="C237" r:id="rId_hyperlink_236"/>
+    <hyperlink ref="C238" r:id="rId_hyperlink_237"/>
+    <hyperlink ref="C239" r:id="rId_hyperlink_238"/>
+    <hyperlink ref="C240" r:id="rId_hyperlink_239"/>
+    <hyperlink ref="C241" r:id="rId_hyperlink_240"/>
+    <hyperlink ref="C242" r:id="rId_hyperlink_241"/>
+    <hyperlink ref="C243" r:id="rId_hyperlink_242"/>
+    <hyperlink ref="C244" r:id="rId_hyperlink_243"/>
+    <hyperlink ref="C245" r:id="rId_hyperlink_244"/>
+    <hyperlink ref="C246" r:id="rId_hyperlink_245"/>
+    <hyperlink ref="C247" r:id="rId_hyperlink_246"/>
+    <hyperlink ref="C248" r:id="rId_hyperlink_247"/>
+    <hyperlink ref="C249" r:id="rId_hyperlink_248"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>