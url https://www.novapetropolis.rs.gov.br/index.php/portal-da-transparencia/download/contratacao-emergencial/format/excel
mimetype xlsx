--- v0 (2025-10-20)
+++ v1 (2026-01-28)
@@ -47,66 +47,66 @@
   <si>
     <t>Contratos Emergenciais - 2025</t>
   </si>
   <si>
     <t>03/02/2025</t>
   </si>
   <si>
     <t>Contratos - Janeiro</t>
   </si>
   <si>
     <t>Contratos - Março</t>
   </si>
   <si>
     <t>Contratos - Fevereiro</t>
   </si>
   <si>
     <t>Contratos - Abril</t>
   </si>
   <si>
     <t>Contratos - Maio</t>
   </si>
   <si>
     <t>Contratos - Junho</t>
   </si>
   <si>
+    <t>Contratos - Julho</t>
+  </si>
+  <si>
+    <t>Contratos - Agosto</t>
+  </si>
+  <si>
+    <t>Contratos - Setembro</t>
+  </si>
+  <si>
+    <t>Contratos - Outubro</t>
+  </si>
+  <si>
     <t>Contratos Emergenciais - 2024</t>
   </si>
   <si>
     <t>24/05/2024</t>
-  </si>
-[...10 lines deleted...]
-    <t>Contratos - Outubro</t>
   </si>
   <si>
     <t>Contratos - Novembro</t>
   </si>
   <si>
     <t>Contratos - Dezembro</t>
   </si>
   <si>
     <t>Contratos Emergenciais - 2023</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>Contratos Emergenciais - 2022</t>
   </si>
   <si>
     <t>25/01/2022</t>
   </si>
   <si>
     <t>Contratos Emergenciais - 2021</t>
   </si>
   <si>
     <t>22/02/2021</t>
   </si>
@@ -442,62 +442,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/624703/images/original/01 - JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/626559/images/original/03 - MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/626054/images/original/02 - FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/626785/images/original/04 - ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/627748/images/original/05 - MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/627851/images/original/06 - JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/451941/images/original/01 - JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458095/images/original/02 - FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458096/images/original/03 - MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458097/images/original/04 - ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458098/images/original/05 - MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/462569/images/original/06 - JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/477680/images/original/07 - JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/488799/images/original/08 - AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/489334/images/original/09 - SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/499224/images/original/10 - OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/618785/images/original/11 - NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/618787/images/original/12 - DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274580/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/277764/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/294907/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295153/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/296810/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303014/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/310382/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/322774/images/original/08 - AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/345000/images/original/09 - SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/364547/images/original/10 - OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/387856/images/original/11 - NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/451939/images/original/12 - DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181933/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182037/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/196815/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/204371/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/207995/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/211381/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/219586/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/220980/images/original/08 AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/239152/images/original/09 SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246100/images/original/10 OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/258367/images/original/11 NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/273956/images/original/12 DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131735/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132906/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136358/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138865/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/142217/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/144664/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150751/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152902/images/original/08 AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/157491/images/original/09 SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/163586/images/original/10 OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/169478/images/original/11 NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/175921/images/original/12 DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120544/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120549/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120548/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120547/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120546/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120545/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120551/images/original/08 AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120550/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/122751/images/original/09 SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124861/images/original/10 OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127850/images/original/11 NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/128921/images/original/12 DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/624703/images/original/01 - JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/626559/images/original/03 - MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/626054/images/original/02 - FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/626785/images/original/04 - ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/627748/images/original/05 - MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/627851/images/original/06 - JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/670432/images/original/07 - JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/670433/images/original/08 - AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/670435/images/original/09 - SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/673577/images/original/10 - OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/451941/images/original/01 - JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458095/images/original/02 - FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458096/images/original/03 - MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458097/images/original/04 - ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/458098/images/original/05 - MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/462569/images/original/06 - JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/477680/images/original/07 - JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/488799/images/original/08 - AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/489334/images/original/09 - SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/499224/images/original/10 - OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/618785/images/original/11 - NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/618787/images/original/12 - DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274580/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/277764/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/294907/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295153/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/296810/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES (Recupera&#231;&#227;o Autom&#225;tica).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303014/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/310382/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/322774/images/original/08 - AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/345000/images/original/09 - SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/364547/images/original/10 - OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/387856/images/original/11 - NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/451939/images/original/12 - DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181933/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182037/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/196815/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/204371/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/207995/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/211381/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/219586/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/220980/images/original/08 AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/239152/images/original/09 SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246100/images/original/10 OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/258367/images/original/11 NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/273956/images/original/12 DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131735/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/132906/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136358/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138865/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/142217/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/144664/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150751/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152902/images/original/08 AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/157491/images/original/09 SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/163586/images/original/10 OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/169478/images/original/11 NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/175921/images/original/12 DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120544/images/original/03 MAR&#199;O - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120549/images/original/02 FEVEREIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120548/images/original/06 JUNHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120547/images/original/01 JANEIRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120546/images/original/05 MAIO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120545/images/original/04 ABRIL - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120551/images/original/08 AGOSTO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/120550/images/original/07 JULHO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/122751/images/original/09 SETEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124861/images/original/10 OUTUBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127850/images/original/11 NOVEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/128921/images/original/12 DEZEMBRO - CONTRATOS EMERGENCIAIS E ALTERA&#199;&#213;ES.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C67"/>
+  <dimension ref="A1:C71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C67" sqref="C67"/>
+      <selection activeCell="C71" sqref="C71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -537,705 +537,749 @@
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B10" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B11" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>19</v>
       </c>
       <c r="B26" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>19</v>
       </c>
       <c r="B29" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>19</v>
       </c>
       <c r="B30" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>19</v>
       </c>
       <c r="B31" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B32" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B33" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B34" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B35" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
         <v>22</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B45" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B47" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>23</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>23</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>23</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>23</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>23</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>23</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>23</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>23</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B56" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B57" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B58" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B59" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>25</v>
       </c>
       <c r="B60" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>25</v>
       </c>
       <c r="B61" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>25</v>
       </c>
       <c r="B62" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>25</v>
       </c>
       <c r="B63" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>25</v>
       </c>
       <c r="B64" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>25</v>
       </c>
       <c r="B65" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>25</v>
       </c>
       <c r="B66" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>25</v>
       </c>
       <c r="B67" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>25</v>
+      </c>
+      <c r="B68" t="s">
+        <v>26</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>25</v>
+      </c>
+      <c r="B69" t="s">
+        <v>26</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>25</v>
+      </c>
+      <c r="B70" t="s">
+        <v>26</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>25</v>
+      </c>
+      <c r="B71" t="s">
+        <v>26</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -1263,50 +1307,54 @@
     <hyperlink ref="C43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="C44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="C45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="C46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="C48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="C50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="C51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="C52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="C53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="C54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="C55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="C56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="C59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="C60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="C62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="C63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="C64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="C65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="C68" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="C69" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="C70" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="C71" r:id="rId_hyperlink_70"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>