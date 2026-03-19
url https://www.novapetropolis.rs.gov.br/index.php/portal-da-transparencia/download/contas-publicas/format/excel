--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -12,68 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>AVALIAÇÃO DAS METAS FISCAIS 2025</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>Relatório de avaliação de metas fiscais - 20251º quadr.pdf</t>
+  </si>
+  <si>
+    <t>Relatório de avaliação de metas fiscais - 2025 3º quadr.pdf</t>
+  </si>
+  <si>
+    <t>Relatório de avaliação de metas fiscais - 2025 2º quadr.pdf</t>
   </si>
   <si>
     <t>Avaliação das metas fiscais</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>Relatório de avaliação de metas - 1º Quadrimestre/2024</t>
   </si>
   <si>
     <t>Avaliação das Metas Fiscais 2023</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>3º Quadrimestre</t>
   </si>
   <si>
     <t>INSTRUMENTOS DA GESTÃO FISCAL 2023</t>
   </si>
   <si>
     <t>Relatório Câmara de Vereadores 2023</t>
   </si>
@@ -1141,6532 +1147,6554 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/589378/images/original/Relat&#243;rio de avalia&#231;&#227;o de metas fiscais - 20251&#186; quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/453238/images/original/Relat&#243;rio de avalia&#231;&#227;o de metas fiscais - 20241&#186; quadr..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416287/images/original/Avalia&#231;&#227;o de Metas Fiscais - 2023.3&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416240/images/original/Relatorio presidente c&#226;mara.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416241/images/original/Relat&#243;rio prefeito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308940/images/original/LDO 2023 Lei 5199-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308939/images/original/LDO 2023 Lei 5199-2022 Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344603/images/original/AUDI&#202;NCIA P&#218;BLICA 1&#170; quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344604/images/original/Relat&#243;rio de metas fiscais - 2023.2&#186;Q.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416285/images/original/AUDI&#202;NCIA  P&#218;BLICA fev 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286707/images/original/Lei do Or&#231;amento 5211 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312308/images/original/JUNHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312309/images/original/MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/302571/images/original/ABRIL 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286629/images/original/MAR&#199;O 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286628/images/original/FEVEREIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286627/images/original/JANEIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312305/images/original/JUNHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312306/images/original/MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295671/images/original/ABRIL 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286618/images/original/MAR&#199;O 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286617/images/original/FEVEREIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286616/images/original/JANEIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313845/images/original/JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286622/images/original/JANEIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286623/images/original/FEVEREIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286624/images/original/MAR&#199;O 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295670/images/original/ABRIL 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312303/images/original/MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312304/images/original/JUNHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313844/images/original/JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/318964/images/original/Tabela de Di&#225;rias 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308935/images/original/LDO 2022 Lei 5046-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308938/images/original/5.046.2021 Anexo I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308934/images/original/5.046.2021 Anexo II.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308937/images/original/5.046.2021 ANEXO III.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308936/images/original/5.046.2021 Anexo IV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308933/images/original/5.046.2021 ANEXO V.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/245052/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/245051/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223418/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215789/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215787/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215785/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/200017/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194206/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184957/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184956/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223439/images/original/Decreto 121 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189247/images/original/Decreto 133 Diarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/245056/images/original/LEI 5193 2022 ALTERA LEI DIARIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223438/images/original/Lei  5174 2022 Diarias Prefeito  Vice e Secretarios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189246/images/original/Tabela de Di&#225;rias 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274224/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274225/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184958/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184959/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194207/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/200023/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215818/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215819/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215820/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223731/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246106/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246105/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274175/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274176/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246103/images/original/OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246104/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223751/images/original/AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215843/images/original/JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215842/images/original/JUNHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215841/images/original/MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215840/images/original/ABRIL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194209/images/original/MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/186502/images/original/FEVEREIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/186500/images/original/JANEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274582/images/original/NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274583/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303652/images/original/DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303658/images/original/NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303659/images/original/OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303656/images/original/SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303650/images/original/AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303651/images/original/JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303649/images/original/JUNHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303654/images/original/MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/238351/images/original/ABRIL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194344/images/original/MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193078/images/original/FEVEREIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/192707/images/original/JANEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303692/images/original/TOTAL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303688/images/original/DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303690/images/original/NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303691/images/original/OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303689/images/original/SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/296816/images/original/AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/218572/images/original/JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/218005/images/original/JUNHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/218004/images/original/MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/217178/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194221/images/original/MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193213/images/original/FEVEREIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193120/images/original/JANEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189237/images/original/5076 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189379/images/original/1&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215871/images/original/2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215872/images/original/3&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/224121/images/original/4&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274585/images/original/6&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274584/images/original/5&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286767/images/original/2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189380/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189381/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189383/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189386/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189387/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189388/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189389/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215873/images/original/Por Orgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215874/images/original/Por Unidade Orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215875/images/original/Por Funcao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215876/images/original/Por Subfuncao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215877/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215878/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215879/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215888/images/original/Por Orgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215889/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215890/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215891/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215892/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215893/images/original/Por Fone de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215894/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274587/images/original/Por  Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274588/images/original/Por fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274589/images/original/Por fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274590/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274591/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274592/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274593/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274599/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274600/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274601/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274602/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274603/images/original/Por fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274597/images/original/Por fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274598/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274604/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274605/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274606/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274607/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274608/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274609/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274610/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308931/images/original/LDO 2021 Lei 4928-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308932/images/original/LDO 2021 Lei 4928-2020 anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181402/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181401/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181400/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181404/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181403/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181397/images/original/Por Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181396/images/original/Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165934/images/original/Por Orgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165935/images/original/Por Unidade Orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165936/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165938/images/original/Por programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165939/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165940/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165937/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165925/images/original/Por Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165926/images/original/Por Unidade Orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165927/images/original/Por Funcao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165928/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165929/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165930/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165931/images/original/Por Subfuncao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150851/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150852/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150853/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150855/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150856/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150857/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150854/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150843/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150849/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150850/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150845/images/original/Por Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150846/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150847/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150848/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133221/images/original/AUDI&#202;NCIA  P&#218;BLICA fev 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193307/images/original/2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136962/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136963/images/original/Por fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136964/images/original/Por subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136961/images/original/Por &#243;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136965/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136966/images/original/Por fonte de recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136967/images/original/Por grupo de despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136960/images/original/1 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150838/images/original/2 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150839/images/original/3 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165908/images/original/4 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165909/images/original/5 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181394/images/original/6 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308929/images/original/LEI DO OR&#199;AMENTO Anual  2021 4931-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139483/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139501/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139727/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150643/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150684/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150782/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152654/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182805/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182992/images/original/SETEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/183444/images/original/OUTUBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/183989/images/original/NOVEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/183990/images/original/DEZEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138601/images/original/JANEIRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148139/images/original/FEVEREIRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148140/images/original/MARCO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148141/images/original/ABRIL 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148725/images/original/MAIO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150179/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/151799/images/original/JULHO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/167045/images/original/AGOSTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181880/images/original/SETEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182028/images/original/OUTUBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182276/images/original/NOVEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182384/images/original/DEZEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133270/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133271/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136410/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141037/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146936/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146937/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/151560/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156577/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181391/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181384/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181385/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181392/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133269/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133268/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/135848/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138338/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141306/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146927/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150222/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152977/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165887/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165888/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181381/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181382/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133226/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133227/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138339/images/original/MARCO E ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141311/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146930/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150225/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/153054/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165881/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165882/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181372/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181374/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126835/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126832/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126833/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126834/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126836/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126837/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126838/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126829/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126830/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126825/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126826/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126827/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126828/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126831/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126819/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126820/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126821/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126822/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126823/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126817/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126818/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126795/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126796/images/original/por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126798/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126799/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126794/images/original/Por Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126797/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126800/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308893/images/original/Parecer Legislativo Contas Anuais de 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308894/images/original/Parecer MPC Contas Anuais de 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131036/images/original/Por Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131035/images/original/Por Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131037/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131038/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131039/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131040/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131041/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133222/images/original/AUDI&#202;NCIA  P&#218;BLICA fev 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133223/images/original/AUDI&#202;NCIA P&#218;BLICA maio 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133224/images/original/AUDI&#202;NCIA P&#218;BLICA setembro 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127852/images/original/Anexo 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73451/images/original/1&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126784/images/original/2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126785/images/original/3&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126786/images/original/4&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126787/images/original/5&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131032/images/original/6&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73378/images/original/LEI DO OR&#199;AMENTO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133194/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133198/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133197/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133196/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133193/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133192/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133190/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133195/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133191/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80416/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73676/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73387/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73389/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73716/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80354/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126873/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127058/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127121/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127359/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127388/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127691/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127823/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127824/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131236/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73159/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73476/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80314/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124550/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124551/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124552/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124553/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124554/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124555/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124556/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127851/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131031/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73158/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73445/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80311/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80538/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124517/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124518/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124520/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124519/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124515/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124516/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126619/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131005/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73464/images/original/POR &#211;RG&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73465/images/original/POR UNIDADE OR&#199;AMENT&#193;RIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73466/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73470/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73467/images/original/POR SUB FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73468/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73469/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72164/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73446/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80356/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80540/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124527/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124528/images/original/JUNHO JULHO AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124529/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124530/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126618/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131007/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/122482/images/original/relat&#243;rio circuns.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/122487/images/original/Relat&#243;rio Circunstanciado do Prefeito.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72149/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72150/images/original/POR UNIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72151/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72152/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72153/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72154/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72155/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72144/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72145/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72146/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72147/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72141/images/original/POR &#211;RGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72142/images/original/POR UNIDADE ORCAMENT&#193;RIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72143/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58354/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58355/images/original/POR UNIDADE OR&#199;AMENT&#193;RIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58356/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58357/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58358/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58359/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58360/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58347/images/original/UNIDADE ORCAMENTARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58346/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58348/images/original/DESPESA POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58349/images/original/DESPESA POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58351/images/original/PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58352/images/original/FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58353/images/original/GRUPO DE DESPESAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43934/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43935/images/original/POR UNIDADE OR&#199;AMENTARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43936/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43937/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43938/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43939/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43940/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30650/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30651/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36420/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43921/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43922/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/45419/images/original/Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56068/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56069/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58331/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72134/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72135/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72136/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37344/images/original/Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37343/images/original/Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37345/images/original/Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/44017/images/original/Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/44168/images/original/Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58390/images/original/Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58781/images/original/Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59047/images/original/Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59048/images/original/Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73082/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73084/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73095/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37667/images/original/JANEIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37690/images/original/FEVEREIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37772/images/original/MAR&#199;O 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59436/images/original/ABRIL 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59530/images/original/MAIO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59565/images/original/JUNHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59613/images/original/JULHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59661/images/original/AGOSTO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59663/images/original/SETEMBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72420/images/original/Outubro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72431/images/original/Novembro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72997/images/original/Dezembro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18231/images/original/Lei 4789 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30653/images/original/1 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43925/images/original/2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58337/images/original/3&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58340/images/original/4&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72157/images/original/5&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72158/images/original/6&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37671/images/original/POR UNIDADE ORCAMENTARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37670/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37672/images/original/POR FUNCAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37673/images/original/POR SUBFUNCAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37674/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37675/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37676/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56042/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56041/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/45389/images/original/Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43900/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37947/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35295/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30641/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30640/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56043/images/original/TABELA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58334/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72130/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72131/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72129/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35214/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35215/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35296/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37949/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43941/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/45388/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56044/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56045/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58332/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72122/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72123/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72124/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56065/images/original/pg 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56066/images/original/pg 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18225/images/original/AUDI&#202;NCIA P&#218;BLICA  FEV 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/57140/images/original/AUDI&#202;NCIA P&#218;BLICA maio 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/57141/images/original/AUDI&#202;NCIA P&#218;BLICA setembro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31239/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31240/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31241/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31242/images/original/Por &#211;rgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31243/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31244/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31245/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31234/images/original/Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31237/images/original/Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31232/images/original/Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31235/images/original/&#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31238/images/original/Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31233/images/original/Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31236/images/original/Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5671/images/original/14092018172302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5672/images/original/14092018172312.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5673/images/original/14092018172320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5674/images/original/14092018172209.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5675/images/original/14092018172238.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5676/images/original/14092018172247.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5677/images/original/14092018172254.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5670/images/original/11092018111442.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5663/images/original/03082018172626.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5664/images/original/03082018172631.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5665/images/original/03082018172642.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5666/images/original/03082018172605.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5667/images/original/03082018172613.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5668/images/original/03082018172617.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5669/images/original/03082018172621.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5656/images/original/03082018171226.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5657/images/original/03082018171235.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5658/images/original/03082018171239.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5659/images/original/03082018171212.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5660/images/original/03082018171208.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5661/images/original/03082018171202.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5662/images/original/03082018171144.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5649/images/original/11052018105258.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5650/images/original/11052018105306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5651/images/original/11052018105321.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5652/images/original/11052018105408.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5653/images/original/11052018105249.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5654/images/original/11052018105421.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5655/images/original/11052018105428.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5639/images/original/06032018092044.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5640/images/original/06032018092056.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5641/images/original/10042018171911.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5642/images/original/11052018103236.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5643/images/original/06062018104104.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5644/images/original/03082018162930.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5645/images/original/14082018090231.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5646/images/original/11092018112400.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5647/images/original/07112018162642.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5648/images/original/07112018162648.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18226/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18227/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5630/images/original/17052018091858.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5631/images/original/17052018093040.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5632/images/original/08062018115234.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5633/images/original/03072018101557.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5634/images/original/03072018164534.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5635/images/original/03082018161944.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36089/images/original/Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36090/images/original/Agosto 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36091/images/original/Setembro 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36092/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36093/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36094/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5621/images/original/14082018111351.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5622/images/original/14082018164836.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5623/images/original/23082018150204.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5624/images/original/29082018094026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5625/images/original/29082018154908.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5626/images/original/30082018145346.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5627/images/original/30082018145351.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5628/images/original/17092018140204.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5629/images/original/13112018115423.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35153/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35154/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35213/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5612/images/original/05032018172512.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5613/images/original/17042018111952.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5614/images/original/17042018111947.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5615/images/original/29052018130138.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5616/images/original/06062018104440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5617/images/original/14092018140355.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5618/images/original/14092018151216.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5619/images/original/14092018151229.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5620/images/original/07112018170358.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16728/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16729/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16730/images/original/Dezembro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/589378/images/original/Relat&#243;rio de avalia&#231;&#227;o de metas fiscais - 20251&#186; quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/736435/images/original/Relat&#243;rio de avalia&#231;&#227;o de metas fiscais - 2025 3&#186; quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/736434/images/original/Relat&#243;rio de avalia&#231;&#227;o de metas fiscais - 2025 2&#186; quadr.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/453238/images/original/Relat&#243;rio de avalia&#231;&#227;o de metas fiscais - 20241&#186; quadr..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416287/images/original/Avalia&#231;&#227;o de Metas Fiscais - 2023.3&#186; Quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416240/images/original/Relatorio presidente c&#226;mara.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416241/images/original/Relat&#243;rio prefeito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308940/images/original/LDO 2023 Lei 5199-2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308939/images/original/LDO 2023 Lei 5199-2022 Anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344603/images/original/AUDI&#202;NCIA P&#218;BLICA 1&#170; quadrimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/344604/images/original/Relat&#243;rio de metas fiscais - 2023.2&#186;Q.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/416285/images/original/AUDI&#202;NCIA  P&#218;BLICA fev 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286707/images/original/Lei do Or&#231;amento 5211 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312308/images/original/JUNHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312309/images/original/MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/302571/images/original/ABRIL 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286629/images/original/MAR&#199;O 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286628/images/original/FEVEREIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286627/images/original/JANEIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312305/images/original/JUNHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312306/images/original/MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295671/images/original/ABRIL 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286618/images/original/MAR&#199;O 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286617/images/original/FEVEREIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286616/images/original/JANEIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313845/images/original/JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286622/images/original/JANEIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286623/images/original/FEVEREIRO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286624/images/original/MAR&#199;O 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/295670/images/original/ABRIL 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312303/images/original/MAIO  2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/312304/images/original/JUNHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/313844/images/original/JULHO 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/318964/images/original/Tabela de Di&#225;rias 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308935/images/original/LDO 2022 Lei 5046-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308938/images/original/5.046.2021 Anexo I.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308934/images/original/5.046.2021 Anexo II.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308937/images/original/5.046.2021 ANEXO III.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308936/images/original/5.046.2021 Anexo IV.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308933/images/original/5.046.2021 ANEXO V.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/245052/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/245051/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223418/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215789/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215787/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215785/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/200017/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194206/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184957/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184956/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223439/images/original/Decreto 121 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189247/images/original/Decreto 133 Diarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/245056/images/original/LEI 5193 2022 ALTERA LEI DIARIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223438/images/original/Lei  5174 2022 Diarias Prefeito  Vice e Secretarios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189246/images/original/Tabela de Di&#225;rias 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274224/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274225/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184958/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/184959/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194207/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/200023/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215818/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215819/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215820/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223731/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246106/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246105/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274175/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274176/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246103/images/original/OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/246104/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/223751/images/original/AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215843/images/original/JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215842/images/original/JUNHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215841/images/original/MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215840/images/original/ABRIL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194209/images/original/MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/186502/images/original/FEVEREIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/186500/images/original/JANEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274582/images/original/NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274583/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303652/images/original/DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303658/images/original/NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303659/images/original/OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303656/images/original/SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303650/images/original/AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303651/images/original/JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303649/images/original/JUNHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303654/images/original/MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/238351/images/original/ABRIL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194344/images/original/MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193078/images/original/FEVEREIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/192707/images/original/JANEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303692/images/original/TOTAL 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303688/images/original/DEZEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303690/images/original/NOVEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303691/images/original/OUTUBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/303689/images/original/SETEMBRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/296816/images/original/AGOSTO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/218572/images/original/JULHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/218005/images/original/JUNHO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/218004/images/original/MAIO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/217178/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/194221/images/original/MAR&#199;O 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193213/images/original/FEVEREIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193120/images/original/JANEIRO 2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189237/images/original/5076 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189379/images/original/1&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215871/images/original/2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215872/images/original/3&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/224121/images/original/4&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274585/images/original/6&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274584/images/original/5&#186; Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/286767/images/original/2022.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189380/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189381/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189383/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189386/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189387/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189388/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/189389/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215873/images/original/Por Orgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215874/images/original/Por Unidade Orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215875/images/original/Por Funcao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215876/images/original/Por Subfuncao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215877/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215878/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215879/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215888/images/original/Por Orgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215889/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215890/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215891/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215892/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215893/images/original/Por Fone de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/215894/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274587/images/original/Por  Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274588/images/original/Por fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274589/images/original/Por fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274590/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274591/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274592/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274593/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274599/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274600/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274601/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274602/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274603/images/original/Por fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274597/images/original/Por fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274598/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274604/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274605/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274606/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274607/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274608/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274609/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/274610/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308931/images/original/LDO 2021 Lei 4928-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308932/images/original/LDO 2021 Lei 4928-2020 anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181402/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181401/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181400/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181404/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181403/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181397/images/original/Por Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181396/images/original/Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165934/images/original/Por Orgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165935/images/original/Por Unidade Orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165936/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165938/images/original/Por programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165939/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165940/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165937/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165925/images/original/Por Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165926/images/original/Por Unidade Orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165927/images/original/Por Funcao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165928/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165929/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165930/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165931/images/original/Por Subfuncao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150851/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150852/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150853/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150855/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150856/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150857/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150854/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150843/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150849/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150850/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150845/images/original/Por Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150846/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150847/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150848/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133221/images/original/AUDI&#202;NCIA  P&#218;BLICA fev 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/193307/images/original/2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136962/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136963/images/original/Por fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136964/images/original/Por subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136961/images/original/Por &#243;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136965/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136966/images/original/Por fonte de recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136967/images/original/Por grupo de despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136960/images/original/1 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150838/images/original/2 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150839/images/original/3 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165908/images/original/4 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165909/images/original/5 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181394/images/original/6 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308929/images/original/LEI DO OR&#199;AMENTO Anual  2021 4931-2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139483/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139501/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/139727/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150643/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150684/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150782/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152654/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182805/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182992/images/original/SETEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/183444/images/original/OUTUBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/183989/images/original/NOVEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/183990/images/original/DEZEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138601/images/original/JANEIRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148139/images/original/FEVEREIRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148140/images/original/MARCO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148141/images/original/ABRIL 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/148725/images/original/MAIO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150179/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/151799/images/original/JULHO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/167045/images/original/AGOSTO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181880/images/original/SETEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182028/images/original/OUTUBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182276/images/original/NOVEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/182384/images/original/DEZEMBRO 2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133270/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133271/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/136410/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141037/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146936/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146937/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/151560/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/156577/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181391/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181384/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181385/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181392/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133269/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133268/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/135848/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138338/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141306/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146927/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150222/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/152977/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165887/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165888/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181381/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181382/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133226/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133227/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/138339/images/original/MARCO E ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/141311/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/146930/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/150225/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/153054/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165881/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/165882/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181372/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/181374/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126835/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126832/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126833/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126834/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126836/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126837/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126838/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126829/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126830/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126825/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126826/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126827/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126828/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126831/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126819/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126820/images/original/Por Grupo de Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126821/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126822/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126823/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126817/images/original/Por &#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126818/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126795/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126796/images/original/por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126798/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126799/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126794/images/original/Por Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126797/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126800/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308893/images/original/Parecer Legislativo Contas Anuais de 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/308894/images/original/Parecer MPC Contas Anuais de 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131036/images/original/Por Unidade.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131035/images/original/Por Org&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131037/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131038/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131039/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131040/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131041/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133222/images/original/AUDI&#202;NCIA  P&#218;BLICA fev 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133223/images/original/AUDI&#202;NCIA P&#218;BLICA maio 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133224/images/original/AUDI&#202;NCIA P&#218;BLICA setembro 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127852/images/original/Anexo 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73451/images/original/1&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126784/images/original/2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126785/images/original/3&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126786/images/original/4&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126787/images/original/5&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131032/images/original/6&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73378/images/original/LEI DO OR&#199;AMENTO 2020.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133194/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133198/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133197/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133196/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133193/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133192/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133190/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133195/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/133191/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80416/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73676/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73387/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73389/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73716/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80354/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126873/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127058/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127121/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127359/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127388/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127691/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127823/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127824/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131236/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73159/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73476/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80314/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124550/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124551/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124552/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124553/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124554/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124555/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124556/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/127851/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131031/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73158/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73445/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80311/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80538/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124517/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124518/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124520/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124519/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124515/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124516/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126619/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131005/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73464/images/original/POR &#211;RG&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73465/images/original/POR UNIDADE OR&#199;AMENT&#193;RIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73466/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73470/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73467/images/original/POR SUB FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73468/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73469/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72164/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73446/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80356/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/80540/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124527/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124528/images/original/JUNHO JULHO AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124529/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/124530/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/126618/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/131007/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/122482/images/original/relat&#243;rio circuns.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/122487/images/original/Relat&#243;rio Circunstanciado do Prefeito.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72149/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72150/images/original/POR UNIDADE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72151/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72152/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72153/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72154/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72155/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72144/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72145/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72146/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72147/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72141/images/original/POR &#211;RGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72142/images/original/POR UNIDADE ORCAMENT&#193;RIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72143/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58354/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58355/images/original/POR UNIDADE OR&#199;AMENT&#193;RIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58356/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58357/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58358/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58359/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58360/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58347/images/original/UNIDADE ORCAMENTARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58346/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58348/images/original/DESPESA POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58349/images/original/DESPESA POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58351/images/original/PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58352/images/original/FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58353/images/original/GRUPO DE DESPESAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43934/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43935/images/original/POR UNIDADE OR&#199;AMENTARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43936/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43937/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43938/images/original/POR FUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43939/images/original/POR SUBFUN&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43940/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30650/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30651/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36420/images/original/MAR&#199;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43921/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43922/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/45419/images/original/Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56068/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56069/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58331/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72134/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72135/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72136/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37344/images/original/Fevereiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37343/images/original/Janeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37345/images/original/Mar&#231;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/44017/images/original/Abril.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/44168/images/original/Maio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58390/images/original/Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58781/images/original/Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59047/images/original/Agosto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59048/images/original/Setembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73082/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73084/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/73095/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37667/images/original/JANEIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37690/images/original/FEVEREIRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37772/images/original/MAR&#199;O 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59436/images/original/ABRIL 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59530/images/original/MAIO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59565/images/original/JUNHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59613/images/original/JULHO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59661/images/original/AGOSTO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/59663/images/original/SETEMBRO 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72420/images/original/Outubro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72431/images/original/Novembro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72997/images/original/Dezembro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18231/images/original/Lei 4789 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30653/images/original/1 Bimestre.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43925/images/original/2&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58337/images/original/3&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58340/images/original/4&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72157/images/original/5&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72158/images/original/6&#186; BIMESTRE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37671/images/original/POR UNIDADE ORCAMENTARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37670/images/original/POR ORGAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37672/images/original/POR FUNCAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37673/images/original/POR SUBFUNCAO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37674/images/original/POR PROGRAMA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37675/images/original/POR FONTE DE RECURSOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37676/images/original/POR GRUPO DE DESPESA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56042/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56041/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/45389/images/original/Junho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43900/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37947/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35295/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30641/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/30640/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56043/images/original/TABELA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58334/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72130/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72131/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72129/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35214/images/original/JANEIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35215/images/original/FEVEREIRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35296/images/original/MARCO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/37949/images/original/ABRIL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/43941/images/original/MAIO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/45388/images/original/JUNHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56044/images/original/JULHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56045/images/original/AGOSTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/58332/images/original/SETEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72122/images/original/OUTUBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72123/images/original/NOVEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/72124/images/original/DEZEMBRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56065/images/original/pg 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/56066/images/original/pg 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18225/images/original/AUDI&#202;NCIA P&#218;BLICA  FEV 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/57140/images/original/AUDI&#202;NCIA P&#218;BLICA maio 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/57141/images/original/AUDI&#202;NCIA P&#218;BLICA setembro 2019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31239/images/original/Por Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31240/images/original/Por Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31241/images/original/Por Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31242/images/original/Por &#211;rgao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31243/images/original/Por Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31244/images/original/Por Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31245/images/original/Por Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31234/images/original/Programa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31237/images/original/Fonte de Recursos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31232/images/original/Grupo de Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31235/images/original/&#211;rg&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31238/images/original/Unidade Or&#231;ament&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31233/images/original/Fun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/31236/images/original/Subfun&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5671/images/original/14092018172302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5672/images/original/14092018172312.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5673/images/original/14092018172320.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5674/images/original/14092018172209.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5675/images/original/14092018172238.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5676/images/original/14092018172247.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5677/images/original/14092018172254.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5670/images/original/11092018111442.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5663/images/original/03082018172626.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5664/images/original/03082018172631.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5665/images/original/03082018172642.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5666/images/original/03082018172605.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5667/images/original/03082018172613.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5668/images/original/03082018172617.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5669/images/original/03082018172621.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5656/images/original/03082018171226.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5657/images/original/03082018171235.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5658/images/original/03082018171239.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5659/images/original/03082018171212.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5660/images/original/03082018171208.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5661/images/original/03082018171202.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5662/images/original/03082018171144.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5649/images/original/11052018105258.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5650/images/original/11052018105306.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5651/images/original/11052018105321.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5652/images/original/11052018105408.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5653/images/original/11052018105249.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5654/images/original/11052018105421.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5655/images/original/11052018105428.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5639/images/original/06032018092044.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5640/images/original/06032018092056.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5641/images/original/10042018171911.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5642/images/original/11052018103236.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5643/images/original/06062018104104.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5644/images/original/03082018162930.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5645/images/original/14082018090231.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5646/images/original/11092018112400.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5647/images/original/07112018162642.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5648/images/original/07112018162648.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18226/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/18227/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5630/images/original/17052018091858.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5631/images/original/17052018093040.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5632/images/original/08062018115234.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5633/images/original/03072018101557.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5634/images/original/03072018164534.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5635/images/original/03082018161944.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36089/images/original/Julho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36090/images/original/Agosto 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36091/images/original/Setembro 2018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36092/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36093/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/36094/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5621/images/original/14082018111351.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5622/images/original/14082018164836.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5623/images/original/23082018150204.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5624/images/original/29082018094026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5625/images/original/29082018154908.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5626/images/original/30082018145346.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5627/images/original/30082018145351.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5628/images/original/17092018140204.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5629/images/original/13112018115423.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35153/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35154/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/35213/images/original/Dezembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5612/images/original/05032018172512.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5613/images/original/17042018111952.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5614/images/original/17042018111947.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5615/images/original/29052018130138.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5616/images/original/06062018104440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5617/images/original/14092018140355.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5618/images/original/14092018151216.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5619/images/original/14092018151229.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/5620/images/original/07112018170358.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16728/images/original/Outubro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16729/images/original/Novembro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/6/DocumentAssets/16730/images/original/Dezembro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C588"/>
+  <dimension ref="A1:C590"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C588" sqref="C588"/>
+      <selection activeCell="C590" sqref="C590"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" t="s">
         <v>12</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B15" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B18" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B20" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B25" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>33</v>
       </c>
       <c r="B26" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B28" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B29" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B30" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B32" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B33" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>35</v>
       </c>
       <c r="B34" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B36" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B37" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B39" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>37</v>
+      </c>
+      <c r="B40" t="s">
+        <v>38</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B41" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B42" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B44" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B45" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B47" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B48" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B49" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B50" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B51" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B52" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B53" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B54" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B55" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B56" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
+        <v>45</v>
+      </c>
+      <c r="B57" t="s">
+        <v>38</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="B58" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B59" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B60" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B61" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B62" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B63" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B65" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B66" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B67" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B68" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B69" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>63</v>
+      </c>
+      <c r="B70" t="s">
+        <v>38</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B71" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B72" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B73" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B74" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B75" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B76" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B77" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B78" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B79" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B80" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B81" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B82" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B83" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B84" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B85" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B86" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B87" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B88" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B89" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B90" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B91" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B92" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B93" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B94" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B95" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B96" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B97" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B98" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B100" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B101" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B102" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B103" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B104" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B105" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>66</v>
       </c>
       <c r="B106" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B107" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>68</v>
       </c>
       <c r="B108" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B109" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B110" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B111" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B112" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
+        <v>70</v>
+      </c>
+      <c r="B113" t="s">
+        <v>38</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>2022</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
+        <v>70</v>
+      </c>
+      <c r="B114" t="s">
+        <v>38</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B115" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>38</v>
+      </c>
+      <c r="C115" s="1">
+        <v>2022</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B116" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B117" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B118" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B119" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B120" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
+        <v>78</v>
+      </c>
+      <c r="B121" t="s">
+        <v>38</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="B122" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B123" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B124" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B125" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B126" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B127" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>86</v>
       </c>
       <c r="B128" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>86</v>
       </c>
       <c r="B129" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B130" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B131" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B132" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B133" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B134" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B135" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
+        <v>88</v>
+      </c>
+      <c r="B136" t="s">
+        <v>38</v>
+      </c>
+      <c r="C136" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B137" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B138" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B139" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B140" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B141" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>89</v>
       </c>
       <c r="B142" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>89</v>
       </c>
       <c r="B143" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B144" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B145" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B146" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B147" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B148" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>91</v>
       </c>
       <c r="B149" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>91</v>
       </c>
       <c r="B150" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B151" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B152" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B153" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B154" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B155" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B156" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B157" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B158" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B159" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B160" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B161" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B162" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B163" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B164" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B165" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B166" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B167" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B168" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B169" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B170" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B171" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B172" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B173" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B174" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B175" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B176" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B177" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B178" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B179" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B180" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B181" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B182" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B183" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B184" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B185" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B186" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B187" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B188" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B189" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B190" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B191" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B192" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B193" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="B194" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
+        <v>102</v>
+      </c>
+      <c r="B195" t="s">
+        <v>95</v>
+      </c>
+      <c r="C195" s="1" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="B196" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B197" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>104</v>
+        <v>80</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B198" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B199" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>81</v>
+        <v>106</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B200" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>105</v>
+        <v>79</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B201" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B202" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B203" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B204" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B205" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B206" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B207" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
+        <v>108</v>
+      </c>
+      <c r="B208" t="s">
+        <v>95</v>
+      </c>
+      <c r="C208" s="1" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="B209" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>115</v>
       </c>
       <c r="B210" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>101</v>
+        <v>116</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B211" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B212" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B213" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B214" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B215" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B216" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B217" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B218" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B219" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B220" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
+        <v>117</v>
+      </c>
+      <c r="B221" t="s">
+        <v>95</v>
+      </c>
+      <c r="C221" s="1" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="B222" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B223" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B224" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B225" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B226" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B227" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B228" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B229" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B230" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B231" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B232" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B233" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
+        <v>129</v>
+      </c>
+      <c r="B234" t="s">
+        <v>95</v>
+      </c>
+      <c r="C234" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B235" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B236" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B237" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B238" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B239" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B240" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B241" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B242" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B243" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B244" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B245" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>101</v>
+        <v>126</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B246" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B247" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B248" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B249" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B250" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B251" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B252" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B253" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B254" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B255" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B256" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B257" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B258" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B259" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B260" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B261" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B262" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B263" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B264" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B265" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B266" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B267" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
         <v>132</v>
       </c>
       <c r="B268" t="s">
-        <v>133</v>
+        <v>95</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
         <v>132</v>
       </c>
       <c r="B269" t="s">
-        <v>133</v>
+        <v>95</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>77</v>
+        <v>128</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B270" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B271" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B272" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B273" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B274" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
         <v>134</v>
       </c>
       <c r="B275" t="s">
         <v>135</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
         <v>134</v>
       </c>
       <c r="B276" t="s">
         <v>135</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B277" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B278" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B279" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B280" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B281" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>136</v>
       </c>
       <c r="B282" t="s">
         <v>137</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>136</v>
       </c>
       <c r="B283" t="s">
         <v>137</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B284" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>138</v>
+        <v>81</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B285" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B286" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>82</v>
+        <v>140</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B287" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B288" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
+        <v>138</v>
+      </c>
+      <c r="B289" t="s">
         <v>139</v>
       </c>
-      <c r="B289" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C289" s="1" t="s">
-        <v>141</v>
+        <v>79</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
+        <v>138</v>
+      </c>
+      <c r="B290" t="s">
         <v>139</v>
       </c>
-      <c r="B290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B291" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>80</v>
+        <v>143</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B292" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B293" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B294" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B295" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
+        <v>141</v>
+      </c>
+      <c r="B296" t="s">
         <v>142</v>
       </c>
-      <c r="B296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="1" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B297" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>146</v>
+        <v>84</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B298" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>78</v>
+        <v>146</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
         <v>147</v>
       </c>
       <c r="B299" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>77</v>
+        <v>148</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B300" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B301" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B302" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B303" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B304" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B305" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>149</v>
+        <v>83</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B306" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>150</v>
+        <v>84</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B307" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>75</v>
+        <v>150</v>
       </c>
       <c r="B308" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
+        <v>150</v>
+      </c>
+      <c r="B309" t="s">
+        <v>145</v>
+      </c>
+      <c r="C309" s="1" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>153</v>
+        <v>77</v>
       </c>
       <c r="B310" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>108</v>
+        <v>154</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B311" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B312" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B313" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B314" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B315" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
         <v>155</v>
       </c>
       <c r="B316" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>156</v>
+        <v>114</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B317" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B318" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B319" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B320" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B321" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B322" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B323" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B324" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B325" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B326" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B327" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B328" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B329" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B330" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B331" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B332" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B333" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B334" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B335" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B336" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B337" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B338" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B339" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
+        <v>167</v>
+      </c>
+      <c r="B340" t="s">
+        <v>145</v>
+      </c>
+      <c r="C340" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="B341" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B342" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B343" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B344" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B345" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B346" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B347" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B348" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B349" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B350" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B351" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B352" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
+        <v>180</v>
+      </c>
+      <c r="B353" t="s">
+        <v>145</v>
+      </c>
+      <c r="C353" s="1" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B354" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B355" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B356" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B357" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B358" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B359" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B360" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B361" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B362" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B363" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B364" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B365" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B366" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B367" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B368" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B369" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B370" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
+        <v>182</v>
+      </c>
+      <c r="B371" t="s">
+        <v>145</v>
+      </c>
+      <c r="C371" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B372" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B373" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B374" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B375" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B376" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>189</v>
+        <v>164</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B377" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B378" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>158</v>
+        <v>191</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B379" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B380" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
         <v>190</v>
       </c>
       <c r="B381" t="s">
-        <v>191</v>
+        <v>145</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
         <v>190</v>
       </c>
       <c r="B382" t="s">
-        <v>191</v>
+        <v>145</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>193</v>
+        <v>158</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>147</v>
+        <v>192</v>
       </c>
       <c r="B383" t="s">
+        <v>193</v>
+      </c>
+      <c r="C383" s="1" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>147</v>
+        <v>192</v>
       </c>
       <c r="B384" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B385" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B386" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B387" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B388" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B389" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="B390" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="B391" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B392" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B393" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B394" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B395" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B396" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
         <v>134</v>
       </c>
       <c r="B397" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
         <v>134</v>
       </c>
       <c r="B398" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B399" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B400" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B401" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B402" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B403" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
         <v>136</v>
       </c>
       <c r="B404" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
         <v>136</v>
       </c>
       <c r="B405" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B406" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B407" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B408" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B409" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B410" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B411" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B412" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B413" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B414" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B415" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B416" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B417" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>197</v>
+        <v>141</v>
       </c>
       <c r="B418" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>197</v>
+        <v>141</v>
       </c>
       <c r="B419" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B420" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B421" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B422" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B423" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B424" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B425" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B426" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B427" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B428" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B429" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
+        <v>199</v>
+      </c>
+      <c r="B430" t="s">
+        <v>196</v>
+      </c>
+      <c r="C430" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="B431" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B432" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B433" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B434" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B435" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B436" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B437" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B438" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B439" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B440" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B441" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
+        <v>212</v>
+      </c>
+      <c r="B442" t="s">
+        <v>196</v>
+      </c>
+      <c r="C442" s="1" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="B443" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>211</v>
+        <v>224</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B444" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B445" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B446" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B447" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B448" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B449" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B450" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B451" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B452" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B453" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B454" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B455" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>107</v>
+        <v>224</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
         <v>226</v>
       </c>
       <c r="B456" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>108</v>
+        <v>227</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B457" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B458" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B459" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B460" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>180</v>
+        <v>228</v>
       </c>
       <c r="B461" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>182</v>
+        <v>113</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>180</v>
+        <v>228</v>
       </c>
       <c r="B462" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>195</v>
+        <v>114</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B463" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B464" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B465" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B466" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B467" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B468" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B469" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B470" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B471" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B472" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B473" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B474" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B475" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B476" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>227</v>
+        <v>201</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B477" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B478" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B479" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B480" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>228</v>
+        <v>190</v>
       </c>
       <c r="B481" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>228</v>
+        <v>190</v>
       </c>
       <c r="B482" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B483" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B484" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B485" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B486" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B487" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B488" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B489" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B490" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B491" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B492" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B493" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B494" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>231</v>
+        <v>211</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>148</v>
+        <v>231</v>
       </c>
       <c r="B495" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>211</v>
+        <v>232</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>148</v>
+        <v>231</v>
       </c>
       <c r="B496" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>215</v>
+        <v>233</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B497" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>232</v>
+        <v>150</v>
       </c>
       <c r="B498" t="s">
-        <v>233</v>
+        <v>196</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>81</v>
+        <v>217</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>232</v>
+        <v>150</v>
       </c>
       <c r="B499" t="s">
-        <v>233</v>
+        <v>196</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>82</v>
+        <v>221</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B500" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B501" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B502" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B503" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B504" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
         <v>234</v>
       </c>
       <c r="B505" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
         <v>234</v>
       </c>
       <c r="B506" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B507" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B508" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B509" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B510" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B511" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B512" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B513" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B514" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B515" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B516" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B517" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B518" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B519" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>237</v>
+        <v>81</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B520" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
         <v>238</v>
       </c>
       <c r="B521" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>82</v>
+        <v>239</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B522" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B523" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B524" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B525" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B526" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B527" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B528" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B529" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B530" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B531" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B532" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B533" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B534" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B535" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B536" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B537" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B538" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B539" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B540" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B541" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>242</v>
+        <v>84</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B542" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>243</v>
+        <v>92</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B543" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B544" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B545" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B546" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B547" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B548" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B549" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B550" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B551" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B552" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
+        <v>243</v>
+      </c>
+      <c r="B553" t="s">
+        <v>235</v>
+      </c>
+      <c r="C553" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="B554" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B555" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B556" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B557" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B558" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B559" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B560" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B561" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B562" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B563" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B564" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
+        <v>256</v>
+      </c>
+      <c r="B565" t="s">
+        <v>235</v>
+      </c>
+      <c r="C565" s="1" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B566" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>243</v>
+        <v>258</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B567" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B568" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B569" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B570" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B571" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B572" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B573" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B574" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B575" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B576" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B577" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>242</v>
+        <v>257</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B578" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B579" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B580" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B581" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B582" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B583" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B584" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B585" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B586" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B587" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B588" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>253</v>
+        <v>261</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" t="s">
+        <v>260</v>
+      </c>
+      <c r="B589" t="s">
+        <v>235</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" t="s">
+        <v>260</v>
+      </c>
+      <c r="B590" t="s">
+        <v>235</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>255</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -8214,50 +8242,52 @@
     <hyperlink ref="C564" r:id="rId_hyperlink_563"/>
     <hyperlink ref="C565" r:id="rId_hyperlink_564"/>
     <hyperlink ref="C566" r:id="rId_hyperlink_565"/>
     <hyperlink ref="C567" r:id="rId_hyperlink_566"/>
     <hyperlink ref="C568" r:id="rId_hyperlink_567"/>
     <hyperlink ref="C569" r:id="rId_hyperlink_568"/>
     <hyperlink ref="C570" r:id="rId_hyperlink_569"/>
     <hyperlink ref="C571" r:id="rId_hyperlink_570"/>
     <hyperlink ref="C572" r:id="rId_hyperlink_571"/>
     <hyperlink ref="C573" r:id="rId_hyperlink_572"/>
     <hyperlink ref="C574" r:id="rId_hyperlink_573"/>
     <hyperlink ref="C575" r:id="rId_hyperlink_574"/>
     <hyperlink ref="C576" r:id="rId_hyperlink_575"/>
     <hyperlink ref="C577" r:id="rId_hyperlink_576"/>
     <hyperlink ref="C578" r:id="rId_hyperlink_577"/>
     <hyperlink ref="C579" r:id="rId_hyperlink_578"/>
     <hyperlink ref="C580" r:id="rId_hyperlink_579"/>
     <hyperlink ref="C581" r:id="rId_hyperlink_580"/>
     <hyperlink ref="C582" r:id="rId_hyperlink_581"/>
     <hyperlink ref="C583" r:id="rId_hyperlink_582"/>
     <hyperlink ref="C584" r:id="rId_hyperlink_583"/>
     <hyperlink ref="C585" r:id="rId_hyperlink_584"/>
     <hyperlink ref="C586" r:id="rId_hyperlink_585"/>
     <hyperlink ref="C587" r:id="rId_hyperlink_586"/>
     <hyperlink ref="C588" r:id="rId_hyperlink_587"/>
+    <hyperlink ref="C589" r:id="rId_hyperlink_588"/>
+    <hyperlink ref="C590" r:id="rId_hyperlink_589"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>